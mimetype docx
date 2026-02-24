--- v0 (2025-10-19)
+++ v1 (2026-02-24)
@@ -49,91 +49,91 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>APPLICATION</w:t>
       </w:r>
       <w:r w:rsidR="00DE2059" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> FOR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B8EB1A" w14:textId="6D6ECA1E" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="003B6A51" w:rsidP="00FD7E59">
+    <w:p w14:paraId="17B8EB1A" w14:textId="6D6ECA1E" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="002A4C6E" w:rsidP="00FD7E59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="26065303"/>
           <w:placeholder>
             <w:docPart w:val="644806FBE7344BB4B7B232B9DDD345ED"/>
           </w:placeholder>
           <w:date>
             <w:dateFormat w:val="yyyy'. gada 'd. MMMM"/>
             <w:lid w:val="lv-LV"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FD7E59" w:rsidRPr="009206A0">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="05618D63" w14:textId="515C6D5A" w:rsidR="0057098D" w:rsidRPr="009206A0" w:rsidRDefault="003B6A51" w:rsidP="005E6CE0">
+    <w:p w14:paraId="05618D63" w14:textId="515C6D5A" w:rsidR="0057098D" w:rsidRPr="009206A0" w:rsidRDefault="002A4C6E" w:rsidP="005E6CE0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:alias w:val="Choose the appropriate one"/>
           <w:tag w:val="Choose the appropriate one"/>
           <w:id w:val="-244195732"/>
           <w:placeholder>
             <w:docPart w:val="5279AE6ECF6D45519791FB4C1FDE4F26"/>
           </w:placeholder>
           <w:comboBox>
@@ -215,1529 +215,1641 @@
             <w:listItem w:displayText="standard LVS EN ISO/IEC 17065:2015 (Annex 6)" w:value="standard LVS EN ISO/IEC 17065:2015 (Annex 6)"/>
             <w:listItem w:displayText="standard LVS EN ISO/IEC 17021-1:2015 (Annex 7)" w:value="standard LVS EN ISO/IEC 17021-1:2015 (Annex 7)"/>
             <w:listItem w:displayText="standard LVS EN ISO 14065:2013 (Annex 8)" w:value="standard LVS EN ISO 14065:2013 (Annex 8)"/>
             <w:listItem w:displayText="standard LVS EN ISO/IEC 17043:2023 (Annex 9)" w:value="standard LVS EN ISO/IEC 17043:2023 (Annex 9)"/>
             <w:listItem w:displayText="Regulation (EC) No 1/2003 of the European Parliament and of the Council 1221/2009 of 25 November 2009 (Annex 10)" w:value="Regulation (EC) No 1/2003 of the European Parliament and of the Council 1221/2009 of 25 November 2009 (Annex 10)"/>
             <w:listItem w:displayText="Cabinet of Ministers Regulation No. 398 “Requirements for the Quality of Laboratory Work and Laboratory Inspection” (Annex 11)" w:value="Cabinet of Ministers Regulation No. 398 “Requirements for the Quality of Laboratory Work and Laboratory Inspection” (Annex 11)"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E61FD" w:rsidRPr="009206A0">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>SELECT THE RELEVANT STANDARTD</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="7DE2C6AC" w14:textId="136109EC" w:rsidR="001F74E1" w:rsidRPr="009206A0" w:rsidRDefault="00DD1C80" w:rsidP="00FD2E8A">
+    <w:p w14:paraId="7DE2C6AC" w14:textId="5B69D0A3" w:rsidR="001F74E1" w:rsidRPr="009206A0" w:rsidRDefault="00DD1C80" w:rsidP="00FD2E8A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Information on the legal person</w:t>
       </w:r>
+      <w:r w:rsidR="0046442C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0046442C" w:rsidRPr="0046442C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(or Institution)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3119"/>
-        <w:gridCol w:w="5942"/>
+        <w:gridCol w:w="6804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001350E8" w:rsidRPr="009206A0" w14:paraId="4CF9EA38" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="004A05C9" w:rsidRPr="009206A0" w14:paraId="4CF9EA38" w14:textId="77777777" w:rsidTr="004A05C9">
+        <w:trPr>
+          <w:trHeight w:val="355"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7FECC1A5" w14:textId="544ECFE4" w:rsidR="001350E8" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00D00861">
+          <w:p w14:paraId="7FECC1A5" w14:textId="63B67E81" w:rsidR="004A05C9" w:rsidRPr="009206A0" w:rsidRDefault="004A05C9" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Name in Latvian:</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="38CDDF3D" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="009206A0" w:rsidRDefault="001350E8" w:rsidP="00D00861">
+              <w:t xml:space="preserve">Name </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38CDDF3D" w14:textId="77777777" w:rsidR="004A05C9" w:rsidRPr="009206A0" w:rsidRDefault="004A05C9" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0A20" w:rsidRPr="009206A0" w14:paraId="103802F6" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="590C6B0A" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9B55FD" w14:textId="44106FFD" w:rsidR="004B0A20" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="004B0A20">
+          <w:p w14:paraId="2E23E9DC" w14:textId="206C7A69" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Name in English:</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="243E971D" w14:textId="3AFA33EF" w:rsidR="004B0A20" w:rsidRPr="009206A0" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+              <w:t>Registration number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CF62C2" w14:textId="0D3E7526" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="590C6B0A" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="2C9C1960" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2E23E9DC" w14:textId="206C7A69" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
-[...23 lines deleted...]
-          <w:p w14:paraId="32CF62C2" w14:textId="0D3E7526" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
+          <w:p w14:paraId="4C73522C" w14:textId="49A64D32" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="008A1036" w:rsidP="002B4CC1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A1036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Registered office address</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F243F44" w14:textId="3020DB0B" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="2C9C1960" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="5DC1BE15" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4C73522C" w14:textId="76D74B06" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
+          <w:p w14:paraId="7B865382" w14:textId="3047E2E5" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Registered office:</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7F243F44" w14:textId="3020DB0B" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4CC1" w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-mail:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3EA80C" w14:textId="777FFD39" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="5DC1BE15" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="1C8F4FA0" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7B865382" w14:textId="3047E2E5" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002B4CC1">
+          <w:p w14:paraId="6CA610DB" w14:textId="48717549" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>e</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="6B3EA80C" w14:textId="777FFD39" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
+              <w:t>Telephone/ mobile telephone:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39E18A9C" w14:textId="042277CF" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="1C8F4FA0" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="11F37F49" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA610DB" w14:textId="48717549" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
-[...23 lines deleted...]
-          <w:p w14:paraId="39E18A9C" w14:textId="042277CF" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
+          <w:p w14:paraId="40EE7582" w14:textId="1A3EB7E7" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="008A1036" w:rsidP="002B4CC1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A1036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bank name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="171EC18A" w14:textId="395AFCAB" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="11F37F49" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="008A1036" w:rsidRPr="009206A0" w14:paraId="38D33901" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="40EE7582" w14:textId="2A7496F2" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
-[...23 lines deleted...]
-          <w:p w14:paraId="171EC18A" w14:textId="395AFCAB" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
+          <w:p w14:paraId="65AE52CF" w14:textId="5BBEF8FB" w:rsidR="008A1036" w:rsidRPr="008A1036" w:rsidRDefault="008A1036" w:rsidP="002B4CC1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A1036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SWIFT code</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BABCC8D" w14:textId="77777777" w:rsidR="008A1036" w:rsidRPr="009206A0" w:rsidRDefault="008A1036" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="331B6679" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="331B6679" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4566D72E" w14:textId="52D2832B" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Account number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5942" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1559DA61" w14:textId="729BF5FF" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="2E3FE6DF" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="2E3FE6DF" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3D370261" w14:textId="21115962" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Website:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5942" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02631597" w14:textId="64393B95" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D106F6C" w14:textId="3814DCA2" w:rsidR="001F74E1" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00FD2E8A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Signatory (or signatories)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
-        <w:gridCol w:w="5375"/>
+        <w:gridCol w:w="6237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="5D5D29AB" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="5D5D29AB" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2A8F6A76" w14:textId="4D6368BC" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Position held:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5375" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AF3FDD1" w14:textId="02AFBE64" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="46EF2C00" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="46EF2C00" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="5A1470CB" w14:textId="00D60A63" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name, surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5375" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D37F642" w14:textId="2B27AE16" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="083ABA7C" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="083ABA7C" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6077D6A9" w14:textId="536AB732" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Eligible to represent </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>on the basis of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5375" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7073095A" w14:textId="77777777" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="38DDB105" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="002B4CC1" w:rsidRPr="009206A0" w14:paraId="38DDB105" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="5010D307" w14:textId="77777777" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5375" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="307CA549" w14:textId="77777777" w:rsidR="002B4CC1" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2292886B" w14:textId="35FAFEC1" w:rsidR="001F74E1" w:rsidRPr="009206A0" w:rsidRDefault="00B0353C" w:rsidP="00FD2E8A">
+    <w:p w14:paraId="63DCCF4E" w14:textId="25C638A0" w:rsidR="0085256D" w:rsidRPr="0085256D" w:rsidRDefault="0085256D" w:rsidP="0085256D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009206A0">
+      <w:r w:rsidRPr="0085256D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-        <w:t>assessment body</w:t>
+        </w:rPr>
+        <w:t>Information about the Conformity Assessment Body (to be completed if different from the information provided in Section 1)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="6226"/>
+        <w:gridCol w:w="862"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00313AD9" w:rsidRPr="009206A0" w14:paraId="2F517EEB" w14:textId="77777777" w:rsidTr="006D4EC5">
+      <w:tr w:rsidR="00313AD9" w:rsidRPr="009206A0" w14:paraId="2F517EEB" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="862" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6A882FE2" w14:textId="1AC672AE" w:rsidR="00313AD9" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00313AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name in Latvian:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6226" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05A1E817" w14:textId="77777777" w:rsidR="00313AD9" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00313AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00313AD9" w:rsidRPr="009206A0" w14:paraId="531936FD" w14:textId="77777777" w:rsidTr="006D4EC5">
+      <w:tr w:rsidR="00313AD9" w:rsidRPr="009206A0" w14:paraId="531936FD" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="647EB890" w14:textId="4FD6FEE5" w:rsidR="00313AD9" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00313AD9">
+          <w:p w14:paraId="647EB890" w14:textId="32D0846A" w:rsidR="00313AD9" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00313AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Name in English:</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6226" w:type="dxa"/>
+              <w:t>Name in English</w:t>
+            </w:r>
+            <w:r w:rsidR="002A4C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A4C6E" w:rsidRPr="002A4C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(if used in international practice)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6C7B592E" w14:textId="2C4E5ED5" w:rsidR="00313AD9" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="002B4CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="6702682B" w:rsidRPr="009206A0" w14:paraId="05CC138A" w14:textId="77777777" w:rsidTr="006D4EC5">
+      <w:tr w:rsidR="6702682B" w:rsidRPr="009206A0" w14:paraId="05CC138A" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3051B3D4" w14:textId="4D8CC08A" w:rsidR="16AD9A4F" w:rsidRPr="009206A0" w:rsidRDefault="000840AA" w:rsidP="6702682B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00665D84" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00313AD9" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6226" w:type="dxa"/>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0BFAD2E3" w14:textId="2BDAC8CE" w:rsidR="6702682B" w:rsidRPr="009206A0" w:rsidRDefault="6702682B" w:rsidP="6702682B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16C08A13" w14:textId="5785C14C" w:rsidR="00943C31" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00FD2E8A">
+    <w:p w14:paraId="16C08A13" w14:textId="3D5C4FF9" w:rsidR="00943C31" w:rsidRPr="005D23C1" w:rsidRDefault="00313AD9" w:rsidP="00FD2E8A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Address (or addresses) of the conformity assessment body</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FE02F2" w:rsidRPr="009206A0">
+        <w:t xml:space="preserve">Address (or addresses) of the conformity assessment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D23C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or sites</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009206A0">
+        <w:t>body</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE02F2" w:rsidRPr="005D23C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> or sites</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D23C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009206A0">
+      <w:r w:rsidRPr="005D23C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(actual and virtual)</w:t>
+        <w:t>(actual</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E33" w:rsidRPr="005D23C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, point-of-care testing (POCT) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC00DD" w:rsidRPr="005D23C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>site</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E33" w:rsidRPr="005D23C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D23C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>virtual)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
-        <w:gridCol w:w="8527"/>
+        <w:gridCol w:w="9389"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="4BE46564" w14:textId="77777777" w:rsidTr="00943C31">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="4BE46564" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="737DCB99" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8527" w:type="dxa"/>
+            <w:tcW w:w="9389" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF89E79" w14:textId="72A16216" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="002B4CC1" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">All accredited places </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="077D8E52" w14:textId="77777777" w:rsidTr="00943C31">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="077D8E52" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="14129A94" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8527" w:type="dxa"/>
+            <w:tcW w:w="9389" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28C0CCCD" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="17765CBC" w14:textId="77777777" w:rsidTr="00943C31">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="17765CBC" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="76C99BF4" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8527" w:type="dxa"/>
+            <w:tcW w:w="9389" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F70DA60" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0F462C84" w14:textId="59D6B407" w:rsidR="00943C31" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00FD2E8A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Manager of the conformity assessment body</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3119"/>
-        <w:gridCol w:w="5942"/>
+        <w:gridCol w:w="6804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001350E8" w:rsidRPr="009206A0" w14:paraId="25F7630D" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="001350E8" w:rsidRPr="009206A0" w14:paraId="25F7630D" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="12266A8B" w14:textId="1685650B" w:rsidR="001350E8" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Position held:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5942" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66D21EE0" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="009206A0" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001350E8" w:rsidRPr="009206A0" w14:paraId="60BC59EE" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="001350E8" w:rsidRPr="009206A0" w14:paraId="60BC59EE" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1E9F9DE0" w14:textId="5012D29C" w:rsidR="001350E8" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name, surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5942" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C785E08" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="009206A0" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001350E8" w:rsidRPr="009206A0" w14:paraId="22611F29" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="001350E8" w:rsidRPr="009206A0" w14:paraId="22611F29" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="34D2F792" w14:textId="2574462D" w:rsidR="001350E8" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5942" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C707C66" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="009206A0" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001350E8" w:rsidRPr="009206A0" w14:paraId="1CDB437F" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="001350E8" w:rsidRPr="009206A0" w14:paraId="1CDB437F" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="02F53407" w14:textId="15A6156D" w:rsidR="001350E8" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Telephone/ mobile telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5942" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13D992A3" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="009206A0" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DCF089C" w14:textId="0C8FE47F" w:rsidR="00943C31" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00FD2E8A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Contact person</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3119"/>
-        <w:gridCol w:w="5942"/>
+        <w:gridCol w:w="6804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="4055B2EF" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="4055B2EF" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2A8A0597" w14:textId="2DD52E4C" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Position held:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5942" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C053F2F" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="3E6F3A65" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="3E6F3A65" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="32BE51E4" w14:textId="4FB1B12A" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name, surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5942" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A587437" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="5C8182D9" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="5C8182D9" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4C201B6B" w14:textId="2F087621" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5942" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06C8B2D6" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="6EDA3CE4" w14:textId="77777777" w:rsidTr="00313AD9">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="009206A0" w14:paraId="6EDA3CE4" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6F85A721" w14:textId="0A830DCE" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Telephone/ mobile telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5942" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75699732" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="009206A0" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="07838F8A" w14:textId="7A67B965" w:rsidR="002902D1" w:rsidRPr="009206A0" w:rsidRDefault="002902D1" w:rsidP="002902D1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1763,50 +1875,51 @@
           </w:tcPr>
           <w:p w14:paraId="7F8E5EF7" w14:textId="708F3E70" w:rsidR="002902D1" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00DD1C80">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="176" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Number of employees involved in the scope of assessment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="13DE21FE" w14:textId="77777777" w:rsidR="002902D1" w:rsidRPr="009206A0" w:rsidRDefault="002902D1" w:rsidP="002902D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22A854EC" w14:textId="2206F53B" w:rsidR="002902D1" w:rsidRPr="009206A0" w:rsidRDefault="002902D1" w:rsidP="00D00861">
       <w:pPr>
@@ -1841,51 +1954,50 @@
           </w:tcPr>
           <w:p w14:paraId="78B12CF0" w14:textId="37EF061D" w:rsidR="002902D1" w:rsidRPr="009206A0" w:rsidRDefault="00313AD9" w:rsidP="00DD1C80">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="176" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Accreditation for the purpose of notification</w:t>
             </w:r>
             <w:r w:rsidR="00C734FD" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A100EF" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mark with an "X" if applicable</w:t>
             </w:r>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1987,65 +2099,65 @@
       </w:r>
       <w:r w:rsidR="00882DB7" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A3D865" w14:textId="77777777" w:rsidR="008C00A4" w:rsidRPr="009206A0" w:rsidRDefault="008C00A4" w:rsidP="008C00A4">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9633" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="3544"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="2120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C54D31" w:rsidRPr="009206A0" w14:paraId="59C8F592" w14:textId="77777777" w:rsidTr="00C54D31">
-[...2 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+      <w:tr w:rsidR="00C54D31" w:rsidRPr="009206A0" w14:paraId="59C8F592" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="70B19A71" w14:textId="77777777" w:rsidR="00C54D31" w:rsidRPr="009206A0" w:rsidRDefault="00C54D31" w:rsidP="00B30AC7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -2105,54 +2217,54 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3600DA71" w14:textId="77777777" w:rsidR="00C54D31" w:rsidRPr="009206A0" w:rsidRDefault="00C54D31" w:rsidP="00B30AC7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C54D31" w:rsidRPr="009206A0" w14:paraId="223F23A4" w14:textId="77777777" w:rsidTr="00C54D31">
-[...2 lines deleted...]
-            <w:tcW w:w="3256" w:type="dxa"/>
+      <w:tr w:rsidR="00C54D31" w:rsidRPr="009206A0" w14:paraId="223F23A4" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D81B7AF" w14:textId="1A3D0605" w:rsidR="00C54D31" w:rsidRPr="009206A0" w:rsidRDefault="00C54D31" w:rsidP="00C54D31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2333,55 +2445,55 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> if the document bears a secure electronic signature</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38FE0C25" w14:textId="77777777" w:rsidR="00AA7B2B" w:rsidRPr="009206A0" w:rsidRDefault="00AA7B2B" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="618028B7" w14:textId="0F011E8F" w:rsidR="00AA7B2B" w:rsidRPr="009206A0" w:rsidRDefault="00AA7B2B" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00AA7B2B" w:rsidRPr="009206A0" w:rsidSect="00EC1E2C">
+        <w:sectPr w:rsidR="00AA7B2B" w:rsidRPr="009206A0" w:rsidSect="00D329F1">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgMar w:top="1134" w:right="964" w:bottom="964" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CA6F1EA" w14:textId="34E3B002" w:rsidR="001E0952" w:rsidRPr="009206A0" w:rsidRDefault="008C1BFC" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -2516,98 +2628,98 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1974"/>
         <w:gridCol w:w="12488"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C1A7C" w:rsidRPr="009206A0" w14:paraId="063B6475" w14:textId="77777777" w:rsidTr="005E140F">
+      <w:tr w:rsidR="009C1A7C" w:rsidRPr="009206A0" w14:paraId="063B6475" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57E0175D" w14:textId="7E8BCF81" w:rsidR="009C1A7C" w:rsidRPr="009206A0" w:rsidRDefault="008C1BFC" w:rsidP="002D68C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>In Latvian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12616" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AED21ED" w14:textId="6B847FC2" w:rsidR="009C1A7C" w:rsidRPr="009206A0" w:rsidRDefault="009C1A7C" w:rsidP="002D68C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1A7C" w:rsidRPr="009206A0" w14:paraId="2B0D4C0A" w14:textId="77777777" w:rsidTr="005E140F">
+      <w:tr w:rsidR="009C1A7C" w:rsidRPr="009206A0" w14:paraId="2B0D4C0A" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F898A70" w14:textId="54A491A8" w:rsidR="009C1A7C" w:rsidRPr="009206A0" w:rsidRDefault="008C1BFC" w:rsidP="002D68C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>In English</w:t>
@@ -2638,400 +2750,391 @@
     <w:p w14:paraId="382AF480" w14:textId="5A2E542B" w:rsidR="008F66EF" w:rsidRPr="009206A0" w:rsidRDefault="008F66EF" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E5FD501" w14:textId="77777777" w:rsidR="00711D43" w:rsidRPr="009206A0" w:rsidRDefault="00711D43" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14452" w:type="dxa"/>
+        <w:tblW w:w="15055" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="735"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2397"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="1879"/>
+        <w:gridCol w:w="1643"/>
+        <w:gridCol w:w="2361"/>
+        <w:gridCol w:w="2800"/>
+        <w:gridCol w:w="3216"/>
         <w:gridCol w:w="1443"/>
-        <w:gridCol w:w="1086"/>
+        <w:gridCol w:w="986"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w14:paraId="27125377" w14:textId="77777777" w:rsidTr="00FD7E59">
+      <w:tr w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w14:paraId="27125377" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29776C7B" w14:textId="7DCC758A" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13717" w:type="dxa"/>
+            <w:tcW w:w="14320" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D56694B" w14:textId="029E16BB" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Calibration and measurement capability (CMC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w14:paraId="6E804F62" w14:textId="77777777" w:rsidTr="00FD2E8A">
+      <w:tr w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w14:paraId="6E804F62" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
-          <w:trHeight w:val="1399"/>
+          <w:trHeight w:val="968"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F7D3D4D" w14:textId="21881CFA" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52A57C54" w14:textId="12ADF72B" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Object of calibration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="319F75B0" w14:textId="35430970" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Measurand</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B2CC9BA" w14:textId="79E8922A" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Range</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43468F0E" w14:textId="4A619EB4" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Expanded measurement uncertainty with a coverage probability of approximately 95%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2397" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04EADF56" w14:textId="214287F1" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name of the normative – technical documentation, standards, methods</w:t>
             </w:r>
             <w:r w:rsidR="00892745" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1443" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7090CAB1" w14:textId="14C4F609" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Source of information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62A1A693" w14:textId="303DB8A1" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Sites</w:t>
             </w:r>
             <w:r w:rsidR="00892745" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B712CC" w:rsidRPr="009206A0" w14:paraId="5AF9755A" w14:textId="77777777" w:rsidTr="00FD2E8A">
+      <w:tr w:rsidR="00B712CC" w:rsidRPr="009206A0" w14:paraId="5AF9755A" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D535949" w14:textId="77777777" w:rsidR="007D4B9F" w:rsidRPr="009206A0" w:rsidRDefault="007D4B9F" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3076,100 +3179,100 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F6F5307" w14:textId="77777777" w:rsidR="007D4B9F" w:rsidRPr="009206A0" w:rsidRDefault="007D4B9F" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CD0FE2C" w14:textId="77777777" w:rsidR="007D4B9F" w:rsidRPr="009206A0" w:rsidRDefault="007D4B9F" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1443" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F6FF7FC" w14:textId="77777777" w:rsidR="007D4B9F" w:rsidRPr="009206A0" w:rsidRDefault="007D4B9F" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61217103" w14:textId="3FAF3423" w:rsidR="007D4B9F" w:rsidRPr="009206A0" w:rsidRDefault="007D4B9F" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B712CC" w:rsidRPr="009206A0" w14:paraId="3942A3A1" w14:textId="77777777" w:rsidTr="00FD2E8A">
+      <w:tr w:rsidR="00B712CC" w:rsidRPr="009206A0" w14:paraId="3942A3A1" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F17E1CD" w14:textId="77777777" w:rsidR="007D4B9F" w:rsidRPr="009206A0" w:rsidRDefault="007D4B9F" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3214,84 +3317,84 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4436A619" w14:textId="77777777" w:rsidR="007D4B9F" w:rsidRPr="009206A0" w:rsidRDefault="007D4B9F" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F8EE904" w14:textId="77777777" w:rsidR="007D4B9F" w:rsidRPr="009206A0" w:rsidRDefault="007D4B9F" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1443" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F617309" w14:textId="77777777" w:rsidR="007D4B9F" w:rsidRPr="009206A0" w:rsidRDefault="007D4B9F" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="734BAD42" w14:textId="45894D26" w:rsidR="007D4B9F" w:rsidRPr="009206A0" w:rsidRDefault="007D4B9F" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="165887DA" w14:textId="3FD08CC0" w:rsidR="008C2385" w:rsidRPr="009206A0" w:rsidRDefault="00892745" w:rsidP="00451EF4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4272,124 +4375,122 @@
     </w:tbl>
     <w:p w14:paraId="5D82442C" w14:textId="3D08CD39" w:rsidR="001E0952" w:rsidRPr="009206A0" w:rsidRDefault="001E0952" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15B5C81F" w14:textId="77777777" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14606" w:type="dxa"/>
+        <w:tblW w:w="15173" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2415"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="4536"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="5244"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C734FD" w:rsidRPr="009206A0" w14:paraId="45A408BF" w14:textId="77777777" w:rsidTr="00FD2E8A">
+      <w:tr w:rsidR="00C734FD" w:rsidRPr="009206A0" w14:paraId="45A408BF" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="697E255F" w14:textId="3915092F" w:rsidR="00C734FD" w:rsidRPr="009206A0" w:rsidRDefault="00C734FD" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk78277038"/>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Object of testing</w:t>
             </w:r>
             <w:r w:rsidR="006E52E3" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/sampling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="276CA21A" w14:textId="08B6E2FF" w:rsidR="00C734FD" w:rsidRPr="009206A0" w:rsidRDefault="00C734FD" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
@@ -4441,52 +4542,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>normative</w:t>
             </w:r>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> technical documentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="141236A4" w14:textId="7BA6BE69" w:rsidR="00C734FD" w:rsidRPr="009206A0" w:rsidRDefault="00C734FD" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of the </w:t>
@@ -4507,225 +4607,218 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – technical documentation, standards, methods</w:t>
             </w:r>
             <w:r w:rsidR="00892745" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D938B34" w14:textId="31F420D2" w:rsidR="00C734FD" w:rsidRPr="009206A0" w:rsidRDefault="00C734FD" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Source of information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="704FEF81" w14:textId="2864BBF2" w:rsidR="00C734FD" w:rsidRPr="009206A0" w:rsidRDefault="00C734FD" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Sites</w:t>
             </w:r>
             <w:r w:rsidR="00892745" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w14:paraId="7D5BBB96" w14:textId="77777777" w:rsidTr="00FD2E8A">
+      <w:tr w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w14:paraId="7D5BBB96" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EC9934A" w14:textId="77777777" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56245912" w14:textId="77777777" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B79E38D" w14:textId="77777777" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E1B7429" w14:textId="77777777" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E441DDE" w14:textId="77777777" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363A8060" w14:textId="77777777" w:rsidR="00FD2E8A" w:rsidRPr="009206A0" w:rsidRDefault="00FD2E8A" w:rsidP="00FD2E8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="20E3F37C" w14:textId="5E7850AD" w:rsidR="00451EF4" w:rsidRPr="009206A0" w:rsidRDefault="00892745" w:rsidP="005A69D1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5395,529 +5488,526 @@
     </w:tbl>
     <w:p w14:paraId="2AF2C802" w14:textId="6D63AECC" w:rsidR="008F66EF" w:rsidRPr="009206A0" w:rsidRDefault="008F66EF" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2435BD13" w14:textId="77777777" w:rsidR="00EA2E0D" w:rsidRPr="009206A0" w:rsidRDefault="00EA2E0D" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14488" w:type="dxa"/>
+        <w:tblW w:w="14913" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="2693"/>
-        <w:gridCol w:w="6975"/>
-        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="7542"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD7E59" w:rsidRPr="009206A0" w14:paraId="72939481" w14:textId="7B20F442" w:rsidTr="00E50D49">
+      <w:tr w:rsidR="00FD7E59" w:rsidRPr="009206A0" w14:paraId="72939481" w14:textId="7B20F442" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EEFC5B9" w14:textId="5219DD7B" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="34" w:hanging="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Object of inspection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F81319D" w14:textId="610582DD" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Type of inspection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6975" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7542" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A58FA9F" w14:textId="76F3C0E8" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Regulatory documents, standards, methods</w:t>
             </w:r>
             <w:r w:rsidR="00892745" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A477A65" w14:textId="0CD64AAC" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00E50D49" w:rsidP="00E50D49">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Sites</w:t>
             </w:r>
             <w:r w:rsidR="00892745" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD7E59" w:rsidRPr="009206A0" w14:paraId="5AE79343" w14:textId="632F3640" w:rsidTr="00E50D49">
+      <w:tr w:rsidR="00FD7E59" w:rsidRPr="009206A0" w14:paraId="5AE79343" w14:textId="632F3640" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22B5048A" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="157BD65C" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="00704CB0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6975" w:type="dxa"/>
+            <w:tcW w:w="7542" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ADB520D" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="254132FB" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD7E59" w:rsidRPr="009206A0" w14:paraId="7B55317C" w14:textId="514D9914" w:rsidTr="00E50D49">
+      <w:tr w:rsidR="00FD7E59" w:rsidRPr="009206A0" w14:paraId="7B55317C" w14:textId="514D9914" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="010969AE" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6127E0BF" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="00704CB0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6975" w:type="dxa"/>
+            <w:tcW w:w="7542" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51E5E37E" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28F68290" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD7E59" w:rsidRPr="009206A0" w14:paraId="7D399760" w14:textId="13FB902D" w:rsidTr="00E50D49">
+      <w:tr w:rsidR="00FD7E59" w:rsidRPr="009206A0" w14:paraId="7D399760" w14:textId="13FB902D" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E5864A6" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7019FEDB" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="00704CB0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6975" w:type="dxa"/>
+            <w:tcW w:w="7542" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30530D7F" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34D6DB3A" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD7E59" w:rsidRPr="009206A0" w14:paraId="745ADCDE" w14:textId="31A5017C" w:rsidTr="00E50D49">
+      <w:tr w:rsidR="00FD7E59" w:rsidRPr="009206A0" w14:paraId="745ADCDE" w14:textId="31A5017C" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="257140B4" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04CBF291" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6975" w:type="dxa"/>
+            <w:tcW w:w="7542" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F25487E" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2236BB7B" w14:textId="77777777" w:rsidR="00FD7E59" w:rsidRPr="009206A0" w:rsidRDefault="00FD7E59" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B0C4097" w14:textId="2C1528C6" w:rsidR="00451EF4" w:rsidRPr="009206A0" w:rsidRDefault="00892745" w:rsidP="005A69D1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -6320,51 +6410,51 @@
     <w:p w14:paraId="01A8C7E8" w14:textId="74821EB8" w:rsidR="001300F3" w:rsidRPr="009206A0" w:rsidRDefault="005B51D3" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MEDICAL LABORATORY EXAMINATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA0A499" w14:textId="459B7F91" w:rsidR="0098062B" w:rsidRPr="009206A0" w:rsidRDefault="003B6A51" w:rsidP="0098062B">
+    <w:p w14:paraId="7FA0A499" w14:textId="459B7F91" w:rsidR="0098062B" w:rsidRPr="009206A0" w:rsidRDefault="002A4C6E" w:rsidP="0098062B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:alias w:val="SELECT THE RELEVANT"/>
           <w:tag w:val="SELECT THE RELEVANT"/>
           <w:id w:val="2016496340"/>
           <w:placeholder>
             <w:docPart w:val="23224EC90CA54ABA9620DFFF49AA1898"/>
           </w:placeholder>
@@ -6799,63 +6889,64 @@
       </w:r>
       <w:r w:rsidR="00600485" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e collection</w:t>
       </w:r>
       <w:r w:rsidR="00B0353C" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (indicates if accreditation has been applied for)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14879" w:type="dxa"/>
+        <w:tblW w:w="15594" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3964"/>
+        <w:gridCol w:w="4395"/>
         <w:gridCol w:w="4536"/>
-        <w:gridCol w:w="4678"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B35555" w:rsidRPr="009206A0" w14:paraId="4C370F56" w14:textId="77777777" w:rsidTr="006441F9">
-[...2 lines deleted...]
-            <w:tcW w:w="3964" w:type="dxa"/>
+      <w:tr w:rsidR="00B35555" w:rsidRPr="009206A0" w14:paraId="4C370F56" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B293F93" w14:textId="56870D19" w:rsidR="00B35555" w:rsidRPr="009206A0" w:rsidRDefault="00B35555" w:rsidP="006441F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6866,581 +6957,1089 @@
           <w:p w14:paraId="3878B1F6" w14:textId="64CEC271" w:rsidR="00B35555" w:rsidRPr="009206A0" w:rsidRDefault="00B35555" w:rsidP="006441F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Technique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="094FEFC1" w14:textId="3ABC886F" w:rsidR="00B35555" w:rsidRPr="009206A0" w:rsidRDefault="00B35555" w:rsidP="006441F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Procedure</w:t>
             </w:r>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (date)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AAD7A3B" w14:textId="161A999D" w:rsidR="00B35555" w:rsidRPr="009206A0" w:rsidRDefault="00B35555" w:rsidP="006441F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Site</w:t>
             </w:r>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35555" w:rsidRPr="009206A0" w14:paraId="37252C66" w14:textId="77777777" w:rsidTr="006441F9">
-[...2 lines deleted...]
-            <w:tcW w:w="3964" w:type="dxa"/>
+      <w:tr w:rsidR="00B35555" w:rsidRPr="009206A0" w14:paraId="37252C66" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77543147" w14:textId="77777777" w:rsidR="00B35555" w:rsidRPr="009206A0" w:rsidRDefault="00B35555" w:rsidP="006441F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73F3653B" w14:textId="77777777" w:rsidR="00B35555" w:rsidRPr="009206A0" w:rsidRDefault="00B35555" w:rsidP="006441F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B7F6CC3" w14:textId="77777777" w:rsidR="00B35555" w:rsidRPr="009206A0" w:rsidRDefault="00B35555" w:rsidP="006441F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="427C5712" w14:textId="77777777" w:rsidR="00B35555" w:rsidRPr="009206A0" w:rsidRDefault="00B35555" w:rsidP="006441F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="468A7CEB" w14:textId="77777777" w:rsidR="00EA2E0D" w:rsidRPr="009206A0" w:rsidRDefault="00EA2E0D" w:rsidP="00B3616B">
+    <w:p w14:paraId="468A7CEB" w14:textId="77777777" w:rsidR="00EA2E0D" w:rsidRDefault="00EA2E0D" w:rsidP="00B3616B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EAA78A9" w14:textId="162574F0" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D23C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Point-of-care testing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D23C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (POCT)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14796" w:type="dxa"/>
-        <w:tblInd w:w="-10" w:type="dxa"/>
+        <w:tblW w:w="15594" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1609"/>
+        <w:gridCol w:w="2030"/>
         <w:gridCol w:w="2276"/>
         <w:gridCol w:w="2187"/>
         <w:gridCol w:w="2430"/>
-        <w:gridCol w:w="4609"/>
-        <w:gridCol w:w="1685"/>
+        <w:gridCol w:w="4828"/>
+        <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00584567" w:rsidRPr="009206A0" w14:paraId="308CDE4A" w14:textId="77777777" w:rsidTr="00363C30">
+      <w:tr w:rsidR="00D716EF" w:rsidRPr="005D23C1" w14:paraId="3B193616" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1609" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2030" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64858AE3" w14:textId="53479928" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
+          <w:p w14:paraId="1CE3E801" w14:textId="29FD875E" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009206A0">
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D23C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Scope of examinations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="722E1D26" w14:textId="2D8D35CD" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
+          <w:p w14:paraId="6E482489" w14:textId="4D109D0B" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009206A0">
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D23C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Material to be examined</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2187" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E213037" w14:textId="3F2D067C" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
+          <w:p w14:paraId="60AE821F" w14:textId="01A0B000" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009206A0">
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D23C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyte/ </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00414A3C" w:rsidRPr="009206A0">
+              <w:t>Analyte/ group of parameters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21C2BDE6" w14:textId="0BA482C5" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D23C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>group of parameters</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A43A01A" w14:textId="7EFD0E1E" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
+          <w:p w14:paraId="46FBE3D7" w14:textId="56B56F6F" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D23C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Technology</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>Equipment, method, current date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D23C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F61AB22" w14:textId="77771E9A" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="00363C30">
+          <w:p w14:paraId="48608D4A" w14:textId="3A946AAA" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00F11233" w:rsidP="00D716EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D23C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="007F6643" w:rsidRPr="005D23C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>elivery point</w:t>
+            </w:r>
+            <w:r w:rsidR="00D716EF" w:rsidRPr="005D23C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D716EF" w:rsidRPr="005D23C1" w14:paraId="557B24E5" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="513CBA8A" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2276" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CD2417" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2187" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55EE45AB" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F39D9E" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4828" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF290D7" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50AB44CC" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D716EF" w:rsidRPr="00FE6CB4" w14:paraId="211135A3" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70433669" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2276" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8B5673" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2187" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="458060CE" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="690E8F4F" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4828" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9CA6AF" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB37160" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="005D23C1" w:rsidRDefault="00D716EF" w:rsidP="00D716EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="186F44BB" w14:textId="77777777" w:rsidR="00D716EF" w:rsidRPr="009206A0" w:rsidRDefault="00D716EF" w:rsidP="00B3616B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="15594" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2030"/>
+        <w:gridCol w:w="2276"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="4828"/>
+        <w:gridCol w:w="1843"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00584567" w:rsidRPr="009206A0" w14:paraId="308CDE4A" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64858AE3" w14:textId="53479928" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Scope of examinations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="722E1D26" w14:textId="2D8D35CD" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Material to be examined</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E213037" w14:textId="3F2D067C" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009206A0">
+              <w:t xml:space="preserve">Analyte/ </w:t>
+            </w:r>
+            <w:r w:rsidR="00414A3C" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Equipment, method, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A37C44" w:rsidRPr="009206A0">
+              <w:t>group of parameters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A43A01A" w14:textId="7EFD0E1E" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">current </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00152949" w:rsidRPr="009206A0">
+            </w:pPr>
+            <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>date</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00892745" w:rsidRPr="009206A0">
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F61AB22" w14:textId="77771E9A" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="00363C30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Equipment, method, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A37C44" w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">current </w:t>
+            </w:r>
+            <w:r w:rsidR="00152949" w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+            <w:r w:rsidR="00892745" w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40EF1F34" w14:textId="76BE91AA" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Sites</w:t>
             </w:r>
             <w:r w:rsidR="00B35555" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00584567" w:rsidRPr="009206A0" w14:paraId="771BAF8C" w14:textId="77777777" w:rsidTr="00EA2E0D">
+      <w:tr w:rsidR="00584567" w:rsidRPr="009206A0" w14:paraId="771BAF8C" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1609" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2030" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30B0ACAF" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="00584567" w:rsidP="00EA2E0D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04DD8647" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="00584567" w:rsidP="00EA2E0D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2187" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4174F6F5" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="00584567" w:rsidP="00EA2E0D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F32F271" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="00584567" w:rsidP="00EA2E0D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4609" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4828" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="208B9FEF" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="00584567" w:rsidP="00EA2E0D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27836739" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="00584567" w:rsidP="00EA2E0D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2464A89F" w14:textId="5642B5E1" w:rsidR="00B35555" w:rsidRPr="009206A0" w:rsidRDefault="00B35555" w:rsidP="008B3400">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0"/>
@@ -7543,50 +8142,51 @@
         <w:t>sites</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0512A08C" w14:textId="1DE29B8A" w:rsidR="00892745" w:rsidRPr="009206A0" w:rsidRDefault="00B35555" w:rsidP="008B3400">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="006B2D81" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk181707424"/>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Shown</w:t>
       </w:r>
       <w:r w:rsidR="00B0353C" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -8301,395 +8901,393 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4EDA4C09" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="009206A0" w:rsidRDefault="00584567" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14488" w:type="dxa"/>
+        <w:tblW w:w="14913" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
-        <w:gridCol w:w="10802"/>
+        <w:gridCol w:w="11227"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="4F4232DF" w14:textId="77777777" w:rsidTr="0085577D">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="4F4232DF" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27A3E716" w14:textId="6398E8C4" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="34" w:hanging="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scope of certification:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55E50D75" w14:textId="347861D7" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="003B30AA" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Regulatory documents, standards, certification schemes</w:t>
             </w:r>
             <w:r w:rsidR="006B2D81" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="3CF6E3FD" w14:textId="77777777" w:rsidTr="00AD03BC">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="3CF6E3FD" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39A66808" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FF1DEA3" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="6BAAE456" w14:textId="77777777" w:rsidTr="00AD03BC">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="6BAAE456" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66953367" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04E1F61A" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="64087BAA" w14:textId="77777777" w:rsidTr="00AD03BC">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="64087BAA" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1606AD7B" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="193A1370" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="41E86DBA" w14:textId="77777777" w:rsidTr="00AD03BC">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="41E86DBA" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="347D09A4" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BE7AD19" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="758A49DA" w14:textId="77777777" w:rsidTr="00AD03BC">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="758A49DA" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CC643A7" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D1E114C" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="4B2ABF83" w14:textId="77777777" w:rsidTr="00AD03BC">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="009206A0" w14:paraId="4B2ABF83" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="554027B4" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="194019CE" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="009206A0" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BE4DC8C" w14:textId="7122AC2F" w:rsidR="00451EF4" w:rsidRPr="009206A0" w:rsidRDefault="006B2D81" w:rsidP="005A69D1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9263,231 +9861,225 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="177C93A6" w14:textId="77777777" w:rsidR="008B3400" w:rsidRPr="009206A0" w:rsidRDefault="008B3400" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14596" w:type="dxa"/>
+        <w:tblW w:w="15021" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="4961"/>
-        <w:gridCol w:w="5812"/>
+        <w:gridCol w:w="6237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B78B3" w:rsidRPr="009206A0" w14:paraId="0901B40B" w14:textId="77777777" w:rsidTr="0085577D">
+      <w:tr w:rsidR="005B78B3" w:rsidRPr="009206A0" w14:paraId="0901B40B" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32D1FAAD" w14:textId="32755204" w:rsidR="005B78B3" w:rsidRPr="009206A0" w:rsidRDefault="00CA491B" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Object of certification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C8A8E6C" w14:textId="010B3042" w:rsidR="005B78B3" w:rsidRPr="009206A0" w:rsidRDefault="00CA491B" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Certification scheme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A869B54" w14:textId="2DC826B0" w:rsidR="005B78B3" w:rsidRPr="009206A0" w:rsidRDefault="00CA491B" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Regulatory documents, standards, methods</w:t>
             </w:r>
             <w:r w:rsidR="006B2D81" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B78B3" w:rsidRPr="009206A0" w14:paraId="66C01C45" w14:textId="77777777" w:rsidTr="008A670D">
+      <w:tr w:rsidR="005B78B3" w:rsidRPr="009206A0" w14:paraId="66C01C45" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2164CB43" w14:textId="77777777" w:rsidR="005B78B3" w:rsidRPr="009206A0" w:rsidRDefault="005B78B3" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32D684D6" w14:textId="77777777" w:rsidR="005B78B3" w:rsidRPr="009206A0" w:rsidRDefault="005B78B3" w:rsidP="00704CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6AB2C1C2" w14:textId="77777777" w:rsidR="005B78B3" w:rsidRPr="009206A0" w:rsidRDefault="005B78B3" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7ED17E80" w14:textId="375619E7" w:rsidR="00451EF4" w:rsidRPr="009206A0" w:rsidRDefault="006B2D81" w:rsidP="006B2D81">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="280" w:hanging="280"/>
@@ -10092,201 +10684,198 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1932392E" w14:textId="77777777" w:rsidR="007F1085" w:rsidRPr="009206A0" w:rsidRDefault="007F1085" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14596" w:type="dxa"/>
+        <w:tblW w:w="15021" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4957"/>
         <w:gridCol w:w="4252"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="5812"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00504FD3" w:rsidRPr="009206A0" w14:paraId="3D9C0CF3" w14:textId="77777777" w:rsidTr="0085577D">
+      <w:tr w:rsidR="00504FD3" w:rsidRPr="009206A0" w14:paraId="3D9C0CF3" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36C852E2" w14:textId="7997A539" w:rsidR="00504FD3" w:rsidRPr="009206A0" w:rsidRDefault="00CA491B" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Object of certification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E207248" w14:textId="541ACC69" w:rsidR="00504FD3" w:rsidRPr="009206A0" w:rsidRDefault="00CA491B" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Technical scope</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DCD0740" w14:textId="68C63877" w:rsidR="00504FD3" w:rsidRPr="009206A0" w:rsidRDefault="00CA491B" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Remarks</w:t>
             </w:r>
             <w:r w:rsidR="006B2D81" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504FD3" w:rsidRPr="009206A0" w14:paraId="207CAF67" w14:textId="77777777" w:rsidTr="00C51D30">
+      <w:tr w:rsidR="00504FD3" w:rsidRPr="009206A0" w14:paraId="207CAF67" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4468083F" w14:textId="77777777" w:rsidR="00504FD3" w:rsidRPr="009206A0" w:rsidRDefault="00504FD3" w:rsidP="002D68C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6611393E" w14:textId="77777777" w:rsidR="00504FD3" w:rsidRPr="009206A0" w:rsidRDefault="00504FD3" w:rsidP="00704CB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DCDEFFE" w14:textId="77777777" w:rsidR="00504FD3" w:rsidRPr="009206A0" w:rsidRDefault="00504FD3" w:rsidP="00704CB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F0CD470" w14:textId="26F96C55" w:rsidR="00451EF4" w:rsidRPr="009206A0" w:rsidRDefault="006B2D81" w:rsidP="005A69D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
@@ -10909,75 +11498,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EBC5F9D" w14:textId="42716D12" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="006155A6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Activity groups for Verification of the greenhouse gas emission reports, </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> and activity level reports according to Commission Implementing Regulation (EU) 2018/2067, </w:t>
+        <w:t xml:space="preserve">Activity groups for Verification of the greenhouse gas emission reports, tonne-kilometre and activity level reports according to Commission Implementing Regulation (EU) 2018/2067, </w:t>
       </w:r>
       <w:r w:rsidR="00EE3E45" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nnex</w:t>
       </w:r>
       <w:r w:rsidR="00EE3E45" w:rsidRPr="009206A0">
         <w:rPr>
@@ -10996,256 +11561,248 @@
         <w:tblW w:w="14742" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3662"/>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="3543"/>
         <w:gridCol w:w="3851"/>
       </w:tblGrid>
       <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="27667444" w14:textId="77777777" w:rsidTr="00C65515">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1BACF39D" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Activity group</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="550A7EF6" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name of the activity group</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0EB594A9" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Operating region</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6714E372" w14:textId="7030E4D9" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Regulatory documents</w:t>
             </w:r>
             <w:r w:rsidR="006B2D81" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="6E241A8E" w14:textId="77777777" w:rsidTr="00C65515">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2087251A" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7BA72C76" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="576198C9" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="562F42D7" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A1B9B5D" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="006155A6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11255,202 +11812,210 @@
     </w:p>
     <w:p w14:paraId="59D07ECF" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="006155A6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Other GHG programs and schemes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14747" w:type="dxa"/>
+        <w:tblW w:w="15031" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3662"/>
-        <w:gridCol w:w="11085"/>
+        <w:gridCol w:w="11369"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="0E825893" w14:textId="77777777" w:rsidTr="00C65515">
+      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="0E825893" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E9DC3FC" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Validation and/or verification activity and sector name, if applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75746CE4" w14:textId="01AA4873" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
+          <w:p w14:paraId="75746CE4" w14:textId="51AFB547" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Applicable standard of the GHG program/ name of the scheme*</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DD5B52" w:rsidRPr="009206A0">
+              <w:t>Applicable standard of the GHG program/ name of the scheme</w:t>
+            </w:r>
+            <w:r w:rsidR="00D329F1" w:rsidRPr="00D329F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>/ program</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009206A0">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD5B52" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
+              <w:t>/ program</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
               <w:t>, methodologies developed by VV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="2AD3DB68" w14:textId="77777777" w:rsidTr="00C65515">
+      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="2AD3DB68" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="184"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="398CA8B0" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>E.g. Verification of reports from fuel suppliers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11369" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="643044FF" w14:textId="7E8097DA" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -11477,144 +12042,140 @@
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>) …</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>…..</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="37954008" w14:textId="77777777" w:rsidTr="00C65515">
+      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="37954008" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="183"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C94E66C" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11369" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17587535" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Regulations of the Cabinet of Ministers No. …</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="5454076C" w14:textId="77777777" w:rsidTr="00C65515">
+      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="5454076C" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="183"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73C63B36" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11369" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16DA6B53" w14:textId="2D57D1FE" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -11627,59 +12188,58 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="18FF23DB" w14:textId="77777777" w:rsidTr="00C65515">
+      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="18FF23DB" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36ADA3E2" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -11730,1514 +12290,405 @@
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">activity </w:t>
             </w:r>
             <w:r w:rsidR="00DD5B52" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>sectors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11369" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="650F5A11" w14:textId="6D6DBDAE" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009206A0">
+            <w:r w:rsidRPr="00CD3E33">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">LVS EN ISO 14064-1:2019 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Greenhouse</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+              <w:t>Greenhouse gases - Part 1: Specification with guidance at the organization level for quantification and reporting of greenhouse gas emissions and removals (ISO 14064-1:2018)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="5CFD6BED" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3662" w:type="dxa"/>
+            <w:vMerge/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0F4EB2" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11369" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25057244" w14:textId="3449A1ED" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD3E33">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LVS EN ISO 14064-2:2019 </w:t>
+            </w:r>
             <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Part</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+              <w:t>Greenhouse gases - Part 2: Specification with guidance at the project level for quantification, monitoring and reporting of greenhouse gas emission reductions or removal enhancements (ISO 14064-2:2019)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD5B52" w:rsidRPr="009206A0" w14:paraId="13F09699" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:trPr>
+          <w:trHeight w:val="276"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3662" w:type="dxa"/>
+            <w:vMerge/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59574282" w14:textId="77777777" w:rsidR="00DD5B52" w:rsidRPr="009206A0" w:rsidRDefault="00DD5B52" w:rsidP="00C65515">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11369" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="039F5E48" w14:textId="69D1421A" w:rsidR="00DD5B52" w:rsidRPr="009206A0" w:rsidRDefault="00DD5B52" w:rsidP="00C65515">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+                <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+                <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Validation</w:t>
+            </w:r>
+            <w:r w:rsidR="00F430F8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+                <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+                <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> verification program identification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="41761300" w14:textId="77777777" w:rsidTr="00D329F1">
+        <w:trPr>
+          <w:trHeight w:val="276"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3662" w:type="dxa"/>
+            <w:vMerge/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0122390B" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11369" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F31B96" w14:textId="3B1468F6" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="00C65515">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Ltd. “XXX” Verification procedure. ……. (</w:t>
+            </w:r>
+            <w:r w:rsidR="003B6A51">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00F430F8" w:rsidRPr="00F430F8">
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...1224 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0545D5D6" w14:textId="5AA0610C" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006B2D81" w:rsidP="006155A6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006155A6" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>The body shall indicate those documents prescribing specific requirements, the compliance with which is certified by the body and the fulfilment (criteria) of which is assessed by LATAK as part of the accreditation procedures, including the regulatory documents setting out specific performance criteria, if the body makes statements of conformity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63291821" w14:textId="77777777" w:rsidR="006155A6" w:rsidRPr="009206A0" w:rsidRDefault="006155A6" w:rsidP="006155A6">
+    <w:p w14:paraId="63291821" w14:textId="516859A9" w:rsidR="006155A6" w:rsidRDefault="00D329F1" w:rsidP="006155A6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009206A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009206A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>It is not required to complete the section “Signature” if the document bears a secure electronic signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0033733B" w14:textId="77777777" w:rsidR="00D329F1" w:rsidRPr="00D329F1" w:rsidRDefault="00D329F1" w:rsidP="006155A6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="006155A6" w:rsidRPr="009206A0" w14:paraId="61C026AD" w14:textId="77777777" w:rsidTr="00C65515">
@@ -13433,93 +12884,65 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(Signature)</w:t>
             </w:r>
             <w:r w:rsidR="006B2D81" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C03485D" w14:textId="38381592" w:rsidR="001412FA" w:rsidRPr="009206A0" w:rsidRDefault="006B2D81" w:rsidP="006155A6">
+    <w:p w14:paraId="0C03485D" w14:textId="0985144C" w:rsidR="001412FA" w:rsidRPr="009206A0" w:rsidRDefault="001412FA" w:rsidP="006155A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
-        <w:rPr>
-[...26 lines deleted...]
-      <w:r w:rsidR="001412FA" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74FBD9CB" w14:textId="7A1EAEEB" w:rsidR="001412FA" w:rsidRPr="009206A0" w:rsidRDefault="00CA491B" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -13814,107 +13237,105 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FCC49A6" w14:textId="77777777" w:rsidR="008B3400" w:rsidRPr="009206A0" w:rsidRDefault="008B3400" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="15021" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4853"/>
         <w:gridCol w:w="4853"/>
-        <w:gridCol w:w="4854"/>
+        <w:gridCol w:w="5315"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE6D23" w:rsidRPr="009206A0" w14:paraId="696B2912" w14:textId="77777777" w:rsidTr="008C2385">
+      <w:tr w:rsidR="00EE6D23" w:rsidRPr="009206A0" w14:paraId="696B2912" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="145E187A" w14:textId="3F6458E1" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00B712CC" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Object, measurement equipment, </w:t>
             </w:r>
             <w:r w:rsidR="00A140D2" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78DDB1C5" w14:textId="510F2C92" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00B712CC" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Measurand</w:t>
@@ -13923,52 +13344,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (range)</w:t>
             </w:r>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, parameter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4854" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF9CE45" w14:textId="5BDD7FBA" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00A140D2" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
@@ -13987,90 +13407,90 @@
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> s</w:t>
             </w:r>
             <w:r w:rsidR="00B712CC" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>chemes identification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE6D23" w:rsidRPr="009206A0" w14:paraId="375EDD10" w14:textId="77777777" w:rsidTr="00EE6D23">
+      <w:tr w:rsidR="00EE6D23" w:rsidRPr="009206A0" w14:paraId="375EDD10" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24FBBE7E" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00EE6D23" w:rsidP="008C2385">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68C7BE3D" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00EE6D23" w:rsidP="008C2385">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4854" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51DA1B87" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00EE6D23" w:rsidP="008C2385">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D53928B" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00EE6D23" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14755,191 +14175,188 @@
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11D29EC6" w14:textId="77777777" w:rsidR="008B3400" w:rsidRPr="009206A0" w:rsidRDefault="008B3400" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14596" w:type="dxa"/>
+        <w:tblW w:w="15021" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4957"/>
         <w:gridCol w:w="4252"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="5812"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE6D23" w:rsidRPr="009206A0" w14:paraId="3BC1FAE4" w14:textId="77777777" w:rsidTr="0085577D">
+      <w:tr w:rsidR="00EE6D23" w:rsidRPr="009206A0" w14:paraId="3BC1FAE4" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6249F724" w14:textId="13A738C7" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00B712CC" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="_Hlk78277201"/>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Object of verification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A9B011C" w14:textId="2D8040C2" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00B712CC" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Technical scope</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="378671A1" w14:textId="6EFF8678" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00B712CC" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Remarks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE6D23" w:rsidRPr="009206A0" w14:paraId="28838E04" w14:textId="77777777" w:rsidTr="00E44E7A">
+      <w:tr w:rsidR="00EE6D23" w:rsidRPr="009206A0" w14:paraId="28838E04" w14:textId="77777777" w:rsidTr="00D329F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A270B61" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00EE6D23" w:rsidP="002D68C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16EC45AF" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00EE6D23" w:rsidP="00704CB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0139FBF5" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="009206A0" w:rsidRDefault="00EE6D23" w:rsidP="002D68C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="8"/>
     </w:tbl>
     <w:p w14:paraId="59EC0924" w14:textId="77777777" w:rsidR="006A53CA" w:rsidRPr="009206A0" w:rsidRDefault="006A53CA" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -15416,327 +14833,351 @@
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72F11A39" w14:textId="77777777" w:rsidR="008B3400" w:rsidRPr="009206A0" w:rsidRDefault="008B3400" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="15163" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7280"/>
-        <w:gridCol w:w="7280"/>
+        <w:gridCol w:w="7883"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C918AE" w:rsidRPr="009206A0" w14:paraId="3363E299" w14:textId="77777777" w:rsidTr="008C2385">
+      <w:tr w:rsidR="00C918AE" w:rsidRPr="009206A0" w14:paraId="3363E299" w14:textId="77777777" w:rsidTr="000358D4">
         <w:trPr>
           <w:trHeight w:val="433"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7280" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C746F69" w14:textId="0E2C2BFB" w:rsidR="00C918AE" w:rsidRPr="009206A0" w:rsidRDefault="00946CE0" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Are of research</w:t>
             </w:r>
             <w:r w:rsidR="00D8274B" w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7883" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E2F87F" w14:textId="69EF3690" w:rsidR="00C918AE" w:rsidRPr="009206A0" w:rsidRDefault="00946CE0" w:rsidP="002D68C9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Object of research</w:t>
+            </w:r>
+            <w:r w:rsidR="00D8274B" w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C918AE" w:rsidRPr="009206A0" w14:paraId="01496179" w14:textId="77777777" w:rsidTr="000358D4">
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="7280" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="66C07EAC" w14:textId="5E935A38" w:rsidR="00C918AE" w:rsidRPr="009206A0" w:rsidRDefault="00946CE0" w:rsidP="002D68C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...15 lines deleted...]
-              <w:t>2</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In Latvian:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C86EA5" w14:textId="2CDC349F" w:rsidR="00C918AE" w:rsidRPr="009206A0" w:rsidRDefault="00946CE0" w:rsidP="002D68C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In Latvian:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C918AE" w:rsidRPr="009206A0" w14:paraId="01496179" w14:textId="77777777" w:rsidTr="00C918AE">
+      <w:tr w:rsidR="00822086" w:rsidRPr="009206A0" w14:paraId="283A2A91" w14:textId="77777777" w:rsidTr="000358D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66C07EAC" w14:textId="5E935A38" w:rsidR="00C918AE" w:rsidRPr="009206A0" w:rsidRDefault="00946CE0" w:rsidP="002D68C9">
+          <w:p w14:paraId="41992C3E" w14:textId="7FC12872" w:rsidR="00822086" w:rsidRPr="009206A0" w:rsidRDefault="00946CE0" w:rsidP="002D68C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>In Latvian:</w:t>
-[...50 lines deleted...]
-              </w:rPr>
               <w:t>In English:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7280" w:type="dxa"/>
+            <w:tcW w:w="7883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C432DA0" w14:textId="7B61B692" w:rsidR="00822086" w:rsidRPr="009206A0" w:rsidRDefault="00946CE0" w:rsidP="002D68C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009206A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>In English:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="772D14E8" w14:textId="1FC9A1FF" w:rsidR="00C918AE" w:rsidRPr="009206A0" w:rsidRDefault="00D8274B" w:rsidP="007F2054">
+    <w:p w14:paraId="772D14E8" w14:textId="621F5B51" w:rsidR="00C918AE" w:rsidRPr="009206A0" w:rsidRDefault="00D8274B" w:rsidP="000358D4">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00946CE0" w:rsidRPr="009206A0">
-[...47 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="000358D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00946CE0" w:rsidRPr="009206A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Areas of research: </w:t>
+      </w:r>
+      <w:r w:rsidR="00946CE0" w:rsidRPr="009206A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>physical and chemical testing (PC); toxicity studies (TOX); mutagenicity studies (MUT); studies of the toxicity to aquatic and terrestrial life (ENT), studies on</w:t>
+      </w:r>
+      <w:r w:rsidR="000358D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00946CE0" w:rsidRPr="009206A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>effects on water, soil and air; bioaccumulation (BA); studies on pesticide residues (RES); studies on effects on natural ecosystems (MES), analytical and clinical chemistry tests (ACC); other researches (specify) (OTH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1787F0BA" w14:textId="67FF2FDB" w:rsidR="00C918AE" w:rsidRPr="009206A0" w:rsidRDefault="00D8274B" w:rsidP="000358D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009206A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000358D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00946CE0" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Objects of research: </w:t>
       </w:r>
       <w:r w:rsidR="00946CE0" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>chemical substances</w:t>
       </w:r>
       <w:r w:rsidR="007F2054" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -16122,165 +15563,165 @@
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="008B3400" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00451EF4" w:rsidRPr="009206A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>It is not required to complete the section “Signature” if the document bears a secure electronic signature</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AA7B2B" w:rsidRPr="006B2D81" w:rsidSect="001E0952">
+    <w:sectPr w:rsidR="00AA7B2B" w:rsidRPr="006B2D81" w:rsidSect="00F11233">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5AFE3777" w14:textId="77777777" w:rsidR="00845C91" w:rsidRDefault="00845C91" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2FA200D6" w14:textId="77777777" w:rsidR="00845C91" w:rsidRDefault="00845C91" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RimHelvetica">
-    <w:altName w:val="Courier New"/>
+    <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7EB7649C" w14:textId="7F3FA4B5" w:rsidR="00FD7E59" w:rsidRDefault="00FD7E59" w:rsidP="00291816">
+  <w:p w14:paraId="7EB7649C" w14:textId="5A552CFE" w:rsidR="00FD7E59" w:rsidRDefault="00FD7E59" w:rsidP="00291816">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00E13243">
       <w:t>F.003.00-0</w:t>
     </w:r>
-    <w:r w:rsidR="007B74C0">
-      <w:t>7</w:t>
+    <w:r w:rsidR="00C02729">
+      <w:t>8</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6167A3AE" w14:textId="77777777" w:rsidR="00845C91" w:rsidRDefault="00845C91" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5AF42E6F" w14:textId="77777777" w:rsidR="00845C91" w:rsidRDefault="00845C91" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -17775,393 +17216,420 @@
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1741824670">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="65736057">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="590165076">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2062635070">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="901528586">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="739330875">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B30AC7"/>
     <w:rsid w:val="00000903"/>
     <w:rsid w:val="00006856"/>
     <w:rsid w:val="00010041"/>
     <w:rsid w:val="0001459D"/>
+    <w:rsid w:val="000358D4"/>
     <w:rsid w:val="000556B5"/>
     <w:rsid w:val="00055C81"/>
     <w:rsid w:val="00060A11"/>
     <w:rsid w:val="000840AA"/>
     <w:rsid w:val="00085128"/>
     <w:rsid w:val="00095E66"/>
     <w:rsid w:val="000B3446"/>
     <w:rsid w:val="000C5F65"/>
     <w:rsid w:val="000F1D9B"/>
     <w:rsid w:val="00112831"/>
     <w:rsid w:val="001300F3"/>
     <w:rsid w:val="001350E8"/>
     <w:rsid w:val="001412FA"/>
     <w:rsid w:val="001447A9"/>
     <w:rsid w:val="00151416"/>
     <w:rsid w:val="00152949"/>
     <w:rsid w:val="00175477"/>
     <w:rsid w:val="00184261"/>
     <w:rsid w:val="00184B20"/>
     <w:rsid w:val="00186C8B"/>
     <w:rsid w:val="001B3886"/>
     <w:rsid w:val="001D12AB"/>
     <w:rsid w:val="001E0952"/>
     <w:rsid w:val="001F3D93"/>
     <w:rsid w:val="001F74E1"/>
     <w:rsid w:val="002446C3"/>
     <w:rsid w:val="00245501"/>
     <w:rsid w:val="00247E0A"/>
     <w:rsid w:val="002573CE"/>
     <w:rsid w:val="0025774C"/>
     <w:rsid w:val="00266265"/>
     <w:rsid w:val="002672DF"/>
     <w:rsid w:val="0027654C"/>
     <w:rsid w:val="00283C4A"/>
     <w:rsid w:val="002902D1"/>
     <w:rsid w:val="00291816"/>
+    <w:rsid w:val="00297029"/>
     <w:rsid w:val="002A0542"/>
+    <w:rsid w:val="002A4C6E"/>
     <w:rsid w:val="002B281E"/>
     <w:rsid w:val="002B4CC1"/>
     <w:rsid w:val="002B608C"/>
     <w:rsid w:val="002C05C7"/>
     <w:rsid w:val="002C0C60"/>
     <w:rsid w:val="002C1DA1"/>
     <w:rsid w:val="002D17C7"/>
     <w:rsid w:val="002D68C9"/>
     <w:rsid w:val="002F44F6"/>
     <w:rsid w:val="00310D5B"/>
     <w:rsid w:val="00313AD9"/>
     <w:rsid w:val="00315928"/>
     <w:rsid w:val="003173E7"/>
     <w:rsid w:val="00321B8A"/>
     <w:rsid w:val="00345618"/>
     <w:rsid w:val="003560F4"/>
     <w:rsid w:val="00363C30"/>
     <w:rsid w:val="003800F1"/>
     <w:rsid w:val="003827AD"/>
     <w:rsid w:val="003870C2"/>
     <w:rsid w:val="003A4C20"/>
     <w:rsid w:val="003B30AA"/>
     <w:rsid w:val="003B3E3C"/>
     <w:rsid w:val="003B6A51"/>
     <w:rsid w:val="003F1A87"/>
     <w:rsid w:val="003F4141"/>
     <w:rsid w:val="003F5368"/>
     <w:rsid w:val="004117FD"/>
     <w:rsid w:val="00414A3C"/>
     <w:rsid w:val="00420BEE"/>
     <w:rsid w:val="0042127E"/>
     <w:rsid w:val="00432174"/>
     <w:rsid w:val="00434AB8"/>
     <w:rsid w:val="0043735A"/>
     <w:rsid w:val="00441E40"/>
     <w:rsid w:val="00441E71"/>
     <w:rsid w:val="004479A9"/>
     <w:rsid w:val="00451EF4"/>
     <w:rsid w:val="004520CF"/>
     <w:rsid w:val="0045290E"/>
+    <w:rsid w:val="0046442C"/>
+    <w:rsid w:val="004A05C9"/>
     <w:rsid w:val="004A6BC8"/>
     <w:rsid w:val="004B0A20"/>
     <w:rsid w:val="004D7561"/>
     <w:rsid w:val="004E3480"/>
     <w:rsid w:val="004E3A99"/>
     <w:rsid w:val="00504FD3"/>
     <w:rsid w:val="00507D8E"/>
     <w:rsid w:val="00507EA2"/>
     <w:rsid w:val="00511F5D"/>
     <w:rsid w:val="005204F0"/>
     <w:rsid w:val="0053583C"/>
     <w:rsid w:val="00540AC6"/>
     <w:rsid w:val="005565C5"/>
     <w:rsid w:val="0056228B"/>
     <w:rsid w:val="005652AB"/>
     <w:rsid w:val="0056563B"/>
     <w:rsid w:val="0057098D"/>
     <w:rsid w:val="00574819"/>
     <w:rsid w:val="00577701"/>
     <w:rsid w:val="00580954"/>
     <w:rsid w:val="00584567"/>
     <w:rsid w:val="00584CDB"/>
     <w:rsid w:val="0058520F"/>
     <w:rsid w:val="005A4D68"/>
     <w:rsid w:val="005A69D1"/>
     <w:rsid w:val="005B25A3"/>
     <w:rsid w:val="005B2E14"/>
     <w:rsid w:val="005B51D3"/>
     <w:rsid w:val="005B78B3"/>
     <w:rsid w:val="005C6C42"/>
+    <w:rsid w:val="005D23C1"/>
     <w:rsid w:val="005D33B7"/>
     <w:rsid w:val="005D4483"/>
     <w:rsid w:val="005D7B5A"/>
     <w:rsid w:val="005E140F"/>
     <w:rsid w:val="005E6CE0"/>
     <w:rsid w:val="005E6F6D"/>
     <w:rsid w:val="005F5064"/>
     <w:rsid w:val="00600485"/>
     <w:rsid w:val="00602933"/>
     <w:rsid w:val="00603E73"/>
     <w:rsid w:val="006155A6"/>
     <w:rsid w:val="00621110"/>
     <w:rsid w:val="006424E4"/>
     <w:rsid w:val="006555CB"/>
     <w:rsid w:val="0065655E"/>
+    <w:rsid w:val="00657182"/>
     <w:rsid w:val="0066044D"/>
     <w:rsid w:val="00665D84"/>
     <w:rsid w:val="00671371"/>
     <w:rsid w:val="00672686"/>
     <w:rsid w:val="006A031E"/>
+    <w:rsid w:val="006A0A52"/>
     <w:rsid w:val="006A371D"/>
     <w:rsid w:val="006A53CA"/>
     <w:rsid w:val="006A69AC"/>
     <w:rsid w:val="006B02CB"/>
     <w:rsid w:val="006B0A02"/>
+    <w:rsid w:val="006B2B78"/>
     <w:rsid w:val="006B2D81"/>
     <w:rsid w:val="006B3122"/>
+    <w:rsid w:val="006B388E"/>
     <w:rsid w:val="006B7BF4"/>
     <w:rsid w:val="006C0A7E"/>
     <w:rsid w:val="006D1F3D"/>
     <w:rsid w:val="006D4EC5"/>
     <w:rsid w:val="006D7BF1"/>
     <w:rsid w:val="006E186C"/>
     <w:rsid w:val="006E52E3"/>
     <w:rsid w:val="006E61FD"/>
     <w:rsid w:val="006F0E57"/>
     <w:rsid w:val="006F22B2"/>
     <w:rsid w:val="007009D0"/>
     <w:rsid w:val="00704CB0"/>
     <w:rsid w:val="00706BAB"/>
     <w:rsid w:val="00711D43"/>
     <w:rsid w:val="00716692"/>
     <w:rsid w:val="00717C9A"/>
     <w:rsid w:val="007522A1"/>
     <w:rsid w:val="007544B0"/>
     <w:rsid w:val="007820C6"/>
     <w:rsid w:val="0079459A"/>
     <w:rsid w:val="007A651A"/>
     <w:rsid w:val="007B2673"/>
     <w:rsid w:val="007B3878"/>
     <w:rsid w:val="007B74C0"/>
     <w:rsid w:val="007C5236"/>
     <w:rsid w:val="007D4B9F"/>
     <w:rsid w:val="007E3099"/>
     <w:rsid w:val="007E43D8"/>
     <w:rsid w:val="007F1085"/>
     <w:rsid w:val="007F2054"/>
     <w:rsid w:val="007F4D10"/>
+    <w:rsid w:val="007F6643"/>
     <w:rsid w:val="00800EFE"/>
     <w:rsid w:val="00810FBE"/>
     <w:rsid w:val="00814AE9"/>
     <w:rsid w:val="00816AA7"/>
     <w:rsid w:val="00822086"/>
     <w:rsid w:val="008258A0"/>
     <w:rsid w:val="00826761"/>
+    <w:rsid w:val="00827355"/>
     <w:rsid w:val="008451E8"/>
     <w:rsid w:val="00845C91"/>
+    <w:rsid w:val="0085256D"/>
     <w:rsid w:val="0085577D"/>
     <w:rsid w:val="008626B0"/>
     <w:rsid w:val="00872200"/>
     <w:rsid w:val="0088114C"/>
     <w:rsid w:val="0088229F"/>
     <w:rsid w:val="00882DB7"/>
     <w:rsid w:val="00890A60"/>
     <w:rsid w:val="00892745"/>
+    <w:rsid w:val="00894B9D"/>
+    <w:rsid w:val="008A1036"/>
     <w:rsid w:val="008A670D"/>
     <w:rsid w:val="008B1D37"/>
     <w:rsid w:val="008B3400"/>
     <w:rsid w:val="008C00A4"/>
     <w:rsid w:val="008C1BFC"/>
     <w:rsid w:val="008C2385"/>
     <w:rsid w:val="008C3558"/>
     <w:rsid w:val="008D16DF"/>
     <w:rsid w:val="008D7B2B"/>
     <w:rsid w:val="008E7D2F"/>
     <w:rsid w:val="008F5776"/>
     <w:rsid w:val="008F66EF"/>
     <w:rsid w:val="00910532"/>
     <w:rsid w:val="00916B61"/>
     <w:rsid w:val="009206A0"/>
     <w:rsid w:val="00930E14"/>
     <w:rsid w:val="00943C31"/>
     <w:rsid w:val="00946CE0"/>
     <w:rsid w:val="00956FCD"/>
     <w:rsid w:val="00962B76"/>
     <w:rsid w:val="00962B94"/>
     <w:rsid w:val="00975C73"/>
     <w:rsid w:val="0098062B"/>
     <w:rsid w:val="00984988"/>
     <w:rsid w:val="0099497D"/>
     <w:rsid w:val="00995BBF"/>
     <w:rsid w:val="009A07A4"/>
     <w:rsid w:val="009A64C6"/>
     <w:rsid w:val="009B5194"/>
     <w:rsid w:val="009C1A7C"/>
     <w:rsid w:val="009C3D27"/>
     <w:rsid w:val="009D643E"/>
     <w:rsid w:val="009E7821"/>
     <w:rsid w:val="00A100EF"/>
     <w:rsid w:val="00A140D2"/>
     <w:rsid w:val="00A23E25"/>
     <w:rsid w:val="00A37C44"/>
     <w:rsid w:val="00A5342A"/>
+    <w:rsid w:val="00A56DE9"/>
     <w:rsid w:val="00A65302"/>
     <w:rsid w:val="00A76048"/>
     <w:rsid w:val="00A876CD"/>
     <w:rsid w:val="00A94D4E"/>
     <w:rsid w:val="00AA1BEB"/>
     <w:rsid w:val="00AA701C"/>
     <w:rsid w:val="00AA7B2B"/>
     <w:rsid w:val="00AC1615"/>
     <w:rsid w:val="00AD03BC"/>
+    <w:rsid w:val="00AD7BCB"/>
     <w:rsid w:val="00AE30E5"/>
     <w:rsid w:val="00B001A3"/>
     <w:rsid w:val="00B0086A"/>
     <w:rsid w:val="00B0353C"/>
     <w:rsid w:val="00B05E90"/>
     <w:rsid w:val="00B174C6"/>
     <w:rsid w:val="00B30AC7"/>
     <w:rsid w:val="00B35555"/>
     <w:rsid w:val="00B3616B"/>
     <w:rsid w:val="00B4232F"/>
     <w:rsid w:val="00B51E7C"/>
     <w:rsid w:val="00B712CC"/>
     <w:rsid w:val="00B74B00"/>
     <w:rsid w:val="00B7592D"/>
     <w:rsid w:val="00B91DFD"/>
     <w:rsid w:val="00BA7922"/>
     <w:rsid w:val="00BB10E6"/>
+    <w:rsid w:val="00BB4074"/>
+    <w:rsid w:val="00BC00DD"/>
     <w:rsid w:val="00BD6803"/>
     <w:rsid w:val="00BE4472"/>
     <w:rsid w:val="00BE6D8A"/>
     <w:rsid w:val="00BF2395"/>
     <w:rsid w:val="00BF777E"/>
+    <w:rsid w:val="00C02729"/>
     <w:rsid w:val="00C0423D"/>
     <w:rsid w:val="00C04466"/>
     <w:rsid w:val="00C14463"/>
     <w:rsid w:val="00C30608"/>
     <w:rsid w:val="00C40747"/>
     <w:rsid w:val="00C45354"/>
     <w:rsid w:val="00C465BE"/>
     <w:rsid w:val="00C51D30"/>
     <w:rsid w:val="00C54D31"/>
     <w:rsid w:val="00C71418"/>
     <w:rsid w:val="00C734FD"/>
     <w:rsid w:val="00C8057D"/>
     <w:rsid w:val="00C918AE"/>
     <w:rsid w:val="00C96D58"/>
     <w:rsid w:val="00CA491B"/>
     <w:rsid w:val="00CA79E9"/>
     <w:rsid w:val="00CB4887"/>
     <w:rsid w:val="00CB6072"/>
     <w:rsid w:val="00CB6A48"/>
     <w:rsid w:val="00CB7359"/>
     <w:rsid w:val="00CC7183"/>
+    <w:rsid w:val="00CD3E33"/>
     <w:rsid w:val="00CE5C81"/>
     <w:rsid w:val="00CF333C"/>
     <w:rsid w:val="00D00861"/>
     <w:rsid w:val="00D028BA"/>
     <w:rsid w:val="00D05DE1"/>
+    <w:rsid w:val="00D0674B"/>
     <w:rsid w:val="00D117D9"/>
+    <w:rsid w:val="00D329F1"/>
     <w:rsid w:val="00D3619D"/>
     <w:rsid w:val="00D6341C"/>
     <w:rsid w:val="00D7039D"/>
+    <w:rsid w:val="00D716EF"/>
     <w:rsid w:val="00D8274B"/>
     <w:rsid w:val="00DA7456"/>
     <w:rsid w:val="00DB25FB"/>
     <w:rsid w:val="00DB48DA"/>
     <w:rsid w:val="00DB711B"/>
     <w:rsid w:val="00DC1F72"/>
     <w:rsid w:val="00DD1C80"/>
     <w:rsid w:val="00DD5B52"/>
     <w:rsid w:val="00DE2059"/>
     <w:rsid w:val="00DF7C00"/>
     <w:rsid w:val="00E04C69"/>
     <w:rsid w:val="00E1769D"/>
     <w:rsid w:val="00E17E30"/>
     <w:rsid w:val="00E26753"/>
     <w:rsid w:val="00E31D8F"/>
     <w:rsid w:val="00E3714D"/>
     <w:rsid w:val="00E371F0"/>
     <w:rsid w:val="00E37288"/>
     <w:rsid w:val="00E44E7A"/>
     <w:rsid w:val="00E50D49"/>
     <w:rsid w:val="00E60E76"/>
     <w:rsid w:val="00E63CAC"/>
     <w:rsid w:val="00E6722E"/>
     <w:rsid w:val="00E80CF0"/>
     <w:rsid w:val="00E90B41"/>
     <w:rsid w:val="00E90F16"/>
     <w:rsid w:val="00EA2E0D"/>
     <w:rsid w:val="00EB547D"/>
+    <w:rsid w:val="00EB6F49"/>
     <w:rsid w:val="00EC1E2C"/>
     <w:rsid w:val="00ED1CD6"/>
     <w:rsid w:val="00ED5F85"/>
     <w:rsid w:val="00EE3ADF"/>
     <w:rsid w:val="00EE3E45"/>
     <w:rsid w:val="00EE6689"/>
     <w:rsid w:val="00EE6D23"/>
     <w:rsid w:val="00EF2431"/>
     <w:rsid w:val="00EF7E40"/>
+    <w:rsid w:val="00F01460"/>
+    <w:rsid w:val="00F11233"/>
     <w:rsid w:val="00F16140"/>
     <w:rsid w:val="00F20393"/>
     <w:rsid w:val="00F328CE"/>
     <w:rsid w:val="00F35813"/>
     <w:rsid w:val="00F41768"/>
     <w:rsid w:val="00F430F8"/>
     <w:rsid w:val="00F434A1"/>
     <w:rsid w:val="00F52B2D"/>
     <w:rsid w:val="00F6107D"/>
     <w:rsid w:val="00F8460E"/>
     <w:rsid w:val="00F91A83"/>
     <w:rsid w:val="00F95122"/>
     <w:rsid w:val="00FB39BE"/>
     <w:rsid w:val="00FB5F36"/>
     <w:rsid w:val="00FB7B16"/>
     <w:rsid w:val="00FC253D"/>
     <w:rsid w:val="00FC5E2C"/>
     <w:rsid w:val="00FC61AC"/>
     <w:rsid w:val="00FD0209"/>
     <w:rsid w:val="00FD089F"/>
     <w:rsid w:val="00FD2E8A"/>
     <w:rsid w:val="00FD7E59"/>
     <w:rsid w:val="00FE02F2"/>
     <w:rsid w:val="00FE41A0"/>
     <w:rsid w:val="16AD9A4F"/>
@@ -19178,162 +18646,171 @@
               <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>IZVELETIES ATBILSTOŠO</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RimHelvetica">
-    <w:altName w:val="Courier New"/>
+    <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C78B0"/>
     <w:rsid w:val="00052534"/>
     <w:rsid w:val="00060A11"/>
     <w:rsid w:val="00076577"/>
     <w:rsid w:val="00121306"/>
     <w:rsid w:val="001972D6"/>
     <w:rsid w:val="001B6705"/>
     <w:rsid w:val="001F6A69"/>
     <w:rsid w:val="002834B8"/>
     <w:rsid w:val="00283C4A"/>
+    <w:rsid w:val="00297029"/>
     <w:rsid w:val="004058DC"/>
     <w:rsid w:val="004B1E83"/>
     <w:rsid w:val="005A7316"/>
     <w:rsid w:val="005C0D02"/>
     <w:rsid w:val="005C78B0"/>
     <w:rsid w:val="005F6987"/>
+    <w:rsid w:val="00657182"/>
+    <w:rsid w:val="006A0A52"/>
+    <w:rsid w:val="006B2B78"/>
+    <w:rsid w:val="006B388E"/>
     <w:rsid w:val="006F22B2"/>
     <w:rsid w:val="006F22F0"/>
     <w:rsid w:val="0081212F"/>
     <w:rsid w:val="00840A59"/>
     <w:rsid w:val="008B5011"/>
     <w:rsid w:val="00A04EAD"/>
     <w:rsid w:val="00A13F3D"/>
+    <w:rsid w:val="00A56DE9"/>
     <w:rsid w:val="00AA0F8F"/>
     <w:rsid w:val="00AC1615"/>
     <w:rsid w:val="00B05955"/>
     <w:rsid w:val="00B174C6"/>
+    <w:rsid w:val="00BB4074"/>
     <w:rsid w:val="00BF7EA6"/>
     <w:rsid w:val="00C73A17"/>
     <w:rsid w:val="00CB53C7"/>
     <w:rsid w:val="00CF333C"/>
+    <w:rsid w:val="00D0674B"/>
     <w:rsid w:val="00D129A8"/>
     <w:rsid w:val="00E60E76"/>
     <w:rsid w:val="00E662D3"/>
+    <w:rsid w:val="00EB6F49"/>
     <w:rsid w:val="00EE29CF"/>
     <w:rsid w:val="00F906E1"/>
     <w:rsid w:val="00FB5F36"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -20088,50 +19565,71 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Versijas_x0020_koment_x0101_rs xmlns="d26c1476-6ebd-40cb-b928-c591821e0a59" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010053C91C8C6449134180501A420469FE7E" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="220b958fa1c23fe8ad4cf4c42da3f589">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d26c1476-6ebd-40cb-b928-c591821e0a59" xmlns:ns3="ae6f8e37-b86f-494c-b563-07ae82ea0c58" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="600c21946cb83f261d961e1372d557ee" ns2:_="" ns3:_="">
     <xsd:import namespace="d26c1476-6ebd-40cb-b928-c591821e0a59"/>
     <xsd:import namespace="ae6f8e37-b86f-494c-b563-07ae82ea0c58"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Versijas_x0020_koment_x0101_rs" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -20312,152 +19810,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C51DB77-0824-4D8F-A4AA-25E404054781}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52DBEFAC-AE51-4C76-93D2-D73B684C8A52}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d26c1476-6ebd-40cb-b928-c591821e0a59"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{557DE4B0-FA1E-4515-ACD8-14A7451CF8A6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6DFCDAD-CA84-4D54-ABFB-4E44768705EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d26c1476-6ebd-40cb-b928-c591821e0a59"/>
     <ds:schemaRef ds:uri="ae6f8e37-b86f-494c-b563-07ae82ea0c58"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>4508</Characters>
+  <Pages>15</Pages>
+  <Words>1777</Words>
+  <Characters>10931</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>607</Lines>
+  <Paragraphs>302</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12392</CharactersWithSpaces>
+  <CharactersWithSpaces>12406</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Aiga Zvirbule</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010053C91C8C6449134180501A420469FE7E</vt:lpwstr>
   </property>
 </Properties>
 </file>