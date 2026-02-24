--- v0 (2025-10-09)
+++ v1 (2026-02-24)
@@ -1030,241 +1030,231 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The document was prepared by:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5670"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BA7116" w:rsidRPr="00B11221" w14:paraId="320C0D4D" w14:textId="77777777" w:rsidTr="00222A11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E1C524B" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="001C068F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F8DF6BE" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="00222A11">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="243F954A" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="001C068F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="364F0F8D" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="00222A11">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12145BA2" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="001C068F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA7116" w:rsidRPr="00B11221" w14:paraId="08CA6387" w14:textId="77777777" w:rsidTr="00222A11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13670656" w14:textId="2B726061" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="001C068F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B11221">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Position to be held, name, surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="726AD008" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="00222A11">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06BBA4FE" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="001C068F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B11221">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B54EE8" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="00222A11">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31A101AF" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="001C068F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B11221">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5758FA6C" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRPr="00B11221" w:rsidRDefault="00BA7116" w:rsidP="00BA7116">
       <w:pPr>
@@ -1373,93 +1363,93 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RimHelvetica">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Segoe Script"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="636EF5F3" w14:textId="35210CE2" w:rsidR="00BA7116" w:rsidRPr="00BA7116" w:rsidRDefault="00BA7116">
+  <w:p w14:paraId="636EF5F3" w14:textId="32046639" w:rsidR="00BA7116" w:rsidRPr="00BA7116" w:rsidRDefault="00BA7116">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:bookmarkStart w:id="2" w:name="_Hlk107218251"/>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1539,51 +1529,51 @@
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">7 </w:t>
     </w:r>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:bookmarkEnd w:id="2"/>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>F.046.TKM-</w:t>
+      <w:t>F.046-</w:t>
     </w:r>
     <w:r w:rsidR="009C2BE5">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="004A0DD5">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="47D5C06D" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRDefault="00BA7116" w:rsidP="00BA7116">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -1704,77 +1694,79 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="999620933">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F277A"/>
     <w:rsid w:val="000E3BC4"/>
+    <w:rsid w:val="001B6029"/>
     <w:rsid w:val="00222A11"/>
     <w:rsid w:val="002D405F"/>
     <w:rsid w:val="002D6ED6"/>
     <w:rsid w:val="002E1835"/>
+    <w:rsid w:val="00353082"/>
     <w:rsid w:val="003768BD"/>
     <w:rsid w:val="00386A61"/>
     <w:rsid w:val="003F277A"/>
     <w:rsid w:val="004A0DD5"/>
     <w:rsid w:val="0057421F"/>
     <w:rsid w:val="00613A43"/>
     <w:rsid w:val="006A63C3"/>
     <w:rsid w:val="006F443E"/>
     <w:rsid w:val="009C2BE5"/>
     <w:rsid w:val="009D0619"/>
     <w:rsid w:val="00AC1615"/>
     <w:rsid w:val="00B11221"/>
     <w:rsid w:val="00BA7116"/>
     <w:rsid w:val="00C3346F"/>
     <w:rsid w:val="00D91ED2"/>
     <w:rsid w:val="00EB2FFA"/>
     <w:rsid w:val="00F15DD4"/>
     <w:rsid w:val="00FA21D5"/>
     <w:rsid w:val="00FF3DFE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -2659,69 +2651,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>733</Words>
-  <Characters>419</Characters>
+  <Words>141</Words>
+  <Characters>1011</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1150</CharactersWithSpaces>
+  <CharactersWithSpaces>1136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aiga Zvirbule</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>