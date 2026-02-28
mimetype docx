--- v0 (2025-10-03)
+++ v1 (2026-02-28)
@@ -1,42 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2CF3C3A7" w14:textId="77777777" w:rsidR="000A1A96" w:rsidRDefault="000A1A96" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -99,128 +104,128 @@
     <w:p w14:paraId="1F085BFD" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Organizācija: Valsts aģentūra “Latvijas Nacionālais akreditācijas birojs”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBDAFAF" w14:textId="050E476A" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
+    <w:p w14:paraId="1EBDAFAF" w14:textId="6F691D91" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pārskata sagatavošanas datums: 1</w:t>
       </w:r>
-      <w:r w:rsidR="00C800E9">
+      <w:r w:rsidR="00553A71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
       <w:r w:rsidR="00900FEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidR="00C800E9">
+      <w:r w:rsidR="00553A71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E099DF2" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
@@ -237,314 +242,302 @@
       <w:tblPr>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2518"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C475A" w:rsidRPr="00A82719" w14:paraId="2514A6F3" w14:textId="77777777" w:rsidTr="00A82719">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01FD30CC" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82719">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>LLP LABORATORIJAS NOSAUKUMS UN ADRESE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6945BA87" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82719">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>VISU INSPICĒŠANAS DATUMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3311C4A2" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82719">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>STATUSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BB1416F" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82719">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>INSPICĒŠANAS VEIDS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A281D35" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82719">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>PĒTĪJUMU JOMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FF56AF3" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82719">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>PIEZĪMES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C475A" w:rsidRPr="00A82719" w14:paraId="314EAFDB" w14:textId="77777777" w:rsidTr="00A82719">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2455745F" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82719">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D5E2DE9" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="211435D6" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F6225B1" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="134CADB4" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FB080EB" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="00A82719" w:rsidRDefault="000C475A" w:rsidP="00A82719">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32BD4165" w14:textId="77777777" w:rsidR="000A1A96" w:rsidRDefault="000A1A96" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -782,125 +775,131 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Lieto vienu no sekojošiem kodiem:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="685EED1E" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>fac</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (laboratorijas inspicēšana);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CBB9628" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pētījuma audits);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637C327A" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>full</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (laboratorijas inspicēšana un pētījuma audits);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EA96A22" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -965,114 +964,194 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1 Fizikāli ķīmiskā testēšana;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C041182" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>2 Toksicitātes pētījumi;</w:t>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Toksicitātes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pētījumi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23207EC5" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>3 Mutagenitātes pētījumi;</w:t>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Mutagenitātes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pētījumi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30AC1D8A" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>4 Toksicitātes videi pētījumi uz ūdens un zemes organismiem;</w:t>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Toksicitātes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> videi pētījumi uz ūdens un zemes organismiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F60608" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>5 Pētījumi par ietekmi uz ūdeni, augsni un gaisu ; bioakumulācija;</w:t>
+        <w:t xml:space="preserve">5 Pētījumi par ietekmi uz ūdeni, augsni un gaisu ; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>bioakumulācija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A524502" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>6 Atlieku pētījumi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="212E5158" w14:textId="77777777" w:rsidR="000C475A" w:rsidRPr="000C475A" w:rsidRDefault="000C475A" w:rsidP="000C475A">
       <w:pPr>
@@ -1116,418 +1195,522 @@
         <w:t>8 Analītiskās un klīniskās ķīmijas testi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AF1851B" w14:textId="77777777" w:rsidR="00936A3E" w:rsidRPr="000A1A96" w:rsidRDefault="000C475A" w:rsidP="000A1A96">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>9 Citi pētījumi: jānorāda.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00936A3E" w:rsidRPr="000A1A96" w:rsidSect="000A1A96">
-      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11920" w:h="16840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C1558FC" w14:textId="77777777" w:rsidR="00C57FCF" w:rsidRDefault="00C57FCF">
+    <w:p w14:paraId="020695F9" w14:textId="77777777" w:rsidR="007B5874" w:rsidRDefault="007B5874">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38A33053" w14:textId="77777777" w:rsidR="00C57FCF" w:rsidRDefault="00C57FCF">
+    <w:p w14:paraId="0769D175" w14:textId="77777777" w:rsidR="007B5874" w:rsidRDefault="007B5874">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="79F8702C" w14:textId="77777777" w:rsidR="005615C4" w:rsidRDefault="005615C4">
+    <w:pPr>
+      <w:pStyle w:val="Kjene"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1A56B62F" w14:textId="77777777" w:rsidR="005615C4" w:rsidRDefault="005615C4">
+    <w:pPr>
+      <w:pStyle w:val="Kjene"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5B0C095E" w14:textId="77777777" w:rsidR="005615C4" w:rsidRDefault="005615C4">
+    <w:pPr>
+      <w:pStyle w:val="Kjene"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77C54742" w14:textId="77777777" w:rsidR="00C57FCF" w:rsidRDefault="00C57FCF">
+    <w:p w14:paraId="28FECBD8" w14:textId="77777777" w:rsidR="007B5874" w:rsidRDefault="007B5874">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E4D6352" w14:textId="77777777" w:rsidR="00C57FCF" w:rsidRDefault="00C57FCF">
+    <w:p w14:paraId="70BFAF02" w14:textId="77777777" w:rsidR="007B5874" w:rsidRDefault="007B5874">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="085CD374" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRDefault="00A622CD" w:rsidP="00A622CD">
+  <w:p w14:paraId="30CE9C3A" w14:textId="77777777" w:rsidR="005615C4" w:rsidRDefault="005615C4">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6C28B0ED" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRDefault="00000000" w:rsidP="00A622CD">
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="62EC2570" w14:textId="77777777" w:rsidR="005615C4" w:rsidRDefault="005615C4">
+    <w:pPr>
+      <w:pStyle w:val="Galvene"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="085CD374" w14:textId="081F1935" w:rsidR="00A622CD" w:rsidRDefault="005615C4" w:rsidP="00A622CD">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="7FE51F43">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_s1025" type="#_x0000_t75" style="position:absolute;margin-left:10.95pt;margin-top:4.95pt;width:446.5pt;height:87.85pt;z-index:-3;mso-position-horizontal-relative:margin">
+        <v:shape id="_x0000_s1025" type="#_x0000_t75" style="position:absolute;margin-left:58.95pt;margin-top:-1.9pt;width:446.5pt;height:87.85pt;z-index:-3;mso-position-horizontal-relative:margin">
           <v:imagedata r:id="rId1" o:title="104_galvena_pilnkrasu_doc_galva"/>
           <w10:wrap anchorx="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="6C28B0ED" w14:textId="2EB24573" w:rsidR="00A622CD" w:rsidRDefault="00A622CD" w:rsidP="00A622CD">
+    <w:pPr>
+      <w:pStyle w:val="Galvene"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
   <w:p w14:paraId="70185F3E" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRDefault="00A622CD" w:rsidP="00A622CD">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="720AC422" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRDefault="00A622CD" w:rsidP="00A622CD">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="22133ADF" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRDefault="00A622CD" w:rsidP="00A622CD">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="56C653DA" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRDefault="00A622CD" w:rsidP="00A622CD">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="118BC00B" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRDefault="00A622CD" w:rsidP="00A622CD">
+  <w:p w14:paraId="118BC00B" w14:textId="0072007E" w:rsidR="00A622CD" w:rsidRDefault="005615C4" w:rsidP="00A622CD">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="1065EF06">
+        <v:group id="Group 41" o:spid="_x0000_s1027" style="position:absolute;margin-left:141.2pt;margin-top:121.4pt;width:346.25pt;height:.1pt;z-index:-2;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="2915,2998" coordsize="6926,2">
+          <v:shape id="Freeform 42" o:spid="_x0000_s1028" style="position:absolute;left:2915;top:2998;width:6926;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6926,2" path="m,l6926,e" filled="f" strokecolor="#231f20" strokeweight=".25pt">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6926,0" o:connectangles="0,0"/>
+          </v:shape>
+          <w10:wrap anchorx="page" anchory="page"/>
+        </v:group>
+      </w:pict>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="39532469" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRDefault="00A622CD" w:rsidP="00A622CD">
-[...15 lines deleted...]
-  <w:p w14:paraId="745145E9" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRDefault="00000000" w:rsidP="00A622CD">
+  <w:p w14:paraId="39532469" w14:textId="56B5FA54" w:rsidR="00A622CD" w:rsidRDefault="005615C4" w:rsidP="00A622CD">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="13ED4467">
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="Text Box 43" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:92.25pt;margin-top:159.9pt;width:459.75pt;height:13.2pt;z-index:-1;visibility:visible;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
+        <v:shape id="Text Box 43" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:87.45pt;margin-top:130.5pt;width:459.75pt;height:13.2pt;z-index:-1;visibility:visible;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
               <w:p w14:paraId="318F7739" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRDefault="00DD5C09" w:rsidP="00A622CD">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="194" w:lineRule="exact"/>
                   <w:ind w:left="20" w:right="-45"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
                 </w:pPr>
+                <w:proofErr w:type="spellStart"/>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
-                  <w:t>Brīvības iela 55</w:t>
+                  <w:t>Brīvības</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                    <w:color w:val="231F20"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                    <w:color w:val="231F20"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t>iela</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                    <w:color w:val="231F20"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> 55</w:t>
                 </w:r>
                 <w:r w:rsidR="00C053EA" w:rsidRPr="00C053EA">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
-                  <w:t>, Rīga, LV-101</w:t>
+                  <w:t xml:space="preserve">, </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidR="00C053EA" w:rsidRPr="00C053EA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                    <w:color w:val="231F20"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t>Rīga</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidR="00C053EA" w:rsidRPr="00C053EA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                    <w:color w:val="231F20"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t>, LV-101</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
                   <w:t>0</w:t>
                 </w:r>
                 <w:r w:rsidR="00C053EA" w:rsidRPr="00C053EA">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">, tālr. 67373051, e-pasts </w:t>
+                  <w:t xml:space="preserve">, </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidR="00C053EA" w:rsidRPr="00C053EA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                    <w:color w:val="231F20"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t>tālr</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidR="00C053EA" w:rsidRPr="00C053EA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                    <w:color w:val="231F20"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">. 67373051, e-pasts </w:t>
                 </w:r>
                 <w:r w:rsidR="00AA55AF">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
                   <w:t>p</w:t>
                 </w:r>
                 <w:r w:rsidR="00C053EA" w:rsidRPr="00C053EA">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
                   <w:t>a</w:t>
                 </w:r>
                 <w:r w:rsidR="00AA55AF">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
                   <w:t>sts</w:t>
                 </w:r>
                 <w:r w:rsidR="00C053EA" w:rsidRPr="00C053EA">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
                   <w:t>@latak.gov.lv, www.latak.gov.lv</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page" anchory="page"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6CF40091" w14:textId="77777777" w:rsidR="00A622CD" w:rsidRPr="00936A3E" w:rsidRDefault="00000000" w:rsidP="0018008A">
+  <w:p w14:paraId="6CF40091" w14:textId="1E515A69" w:rsidR="00A622CD" w:rsidRPr="00936A3E" w:rsidRDefault="00A622CD" w:rsidP="0018008A">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="2480"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...17 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E8A2284C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2151,50 +2334,51 @@
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1104113753">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1262955813">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="673607666">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2035034224">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="440539935">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="797987855">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
@@ -2210,81 +2394,87 @@
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E1474"/>
     <w:rsid w:val="00006384"/>
     <w:rsid w:val="00030349"/>
     <w:rsid w:val="00030F80"/>
     <w:rsid w:val="000818B6"/>
     <w:rsid w:val="000957E8"/>
     <w:rsid w:val="000A1A96"/>
     <w:rsid w:val="000C475A"/>
     <w:rsid w:val="00124173"/>
     <w:rsid w:val="00144724"/>
     <w:rsid w:val="00167EDD"/>
     <w:rsid w:val="0018008A"/>
     <w:rsid w:val="001947C4"/>
     <w:rsid w:val="00275B9E"/>
     <w:rsid w:val="00280C47"/>
     <w:rsid w:val="002E1474"/>
     <w:rsid w:val="003D3879"/>
     <w:rsid w:val="00406F48"/>
     <w:rsid w:val="004247CE"/>
+    <w:rsid w:val="00450E15"/>
     <w:rsid w:val="00535564"/>
+    <w:rsid w:val="00553A71"/>
+    <w:rsid w:val="005615C4"/>
     <w:rsid w:val="00575378"/>
     <w:rsid w:val="00663C3A"/>
     <w:rsid w:val="006B127C"/>
     <w:rsid w:val="007578AD"/>
     <w:rsid w:val="007B3BA5"/>
+    <w:rsid w:val="007B5874"/>
     <w:rsid w:val="007E4D1F"/>
     <w:rsid w:val="00815277"/>
     <w:rsid w:val="00876C21"/>
     <w:rsid w:val="008E6444"/>
     <w:rsid w:val="00900FEE"/>
     <w:rsid w:val="00936A3E"/>
     <w:rsid w:val="00960C5E"/>
     <w:rsid w:val="00977D9D"/>
     <w:rsid w:val="009A0DD9"/>
     <w:rsid w:val="009A614A"/>
     <w:rsid w:val="009A7454"/>
     <w:rsid w:val="009F645C"/>
     <w:rsid w:val="00A27165"/>
+    <w:rsid w:val="00A346E3"/>
     <w:rsid w:val="00A622CD"/>
     <w:rsid w:val="00A82719"/>
     <w:rsid w:val="00A95BEA"/>
     <w:rsid w:val="00AA55AF"/>
     <w:rsid w:val="00AC5408"/>
     <w:rsid w:val="00B12C26"/>
     <w:rsid w:val="00BB675C"/>
     <w:rsid w:val="00C053EA"/>
     <w:rsid w:val="00C36844"/>
     <w:rsid w:val="00C47F57"/>
     <w:rsid w:val="00C57FCF"/>
     <w:rsid w:val="00C800E9"/>
+    <w:rsid w:val="00CC50F9"/>
     <w:rsid w:val="00CC52B2"/>
     <w:rsid w:val="00D21FA6"/>
     <w:rsid w:val="00DA503F"/>
     <w:rsid w:val="00DD5C09"/>
     <w:rsid w:val="00DD7E12"/>
     <w:rsid w:val="00E31AA8"/>
     <w:rsid w:val="00E3201A"/>
     <w:rsid w:val="00E365CE"/>
     <w:rsid w:val="00E70E9E"/>
     <w:rsid w:val="00E7353C"/>
     <w:rsid w:val="00E81B96"/>
     <w:rsid w:val="00F146B6"/>
     <w:rsid w:val="00F82C71"/>
     <w:rsid w:val="00FC6551"/>
     <w:rsid w:val="00FF2D50"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2952,54 +3142,54 @@
     <w:rsid w:val="000C475A"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -3267,50 +3457,65 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010037562E49CA71F74885566E9EF59EAA11" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="031462ae6618613aa857dc8351968c5d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47476ee4-f91f-4620-b066-72be0f092933" xmlns:ns3="01d3d454-5541-433e-a052-ee18fbc0640d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="846bb18e38b7d49c57e029b727a44197" ns2:_="" ns3:_="">
     <xsd:import namespace="47476ee4-f91f-4620-b066-72be0f092933"/>
     <xsd:import namespace="01d3d454-5541-433e-a052-ee18fbc0640d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -3463,138 +3668,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1EFDCF9-0F0F-4A33-9459-C9B8ED2E9C3A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C97413DA-52C1-418D-A198-92C0A3C9E5A6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8CA6344-DEE2-4387-A66E-A67A76A69DF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="47476ee4-f91f-4620-b066-72be0f092933"/>
     <ds:schemaRef ds:uri="01d3d454-5541-433e-a052-ee18fbc0640d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1126</Words>
-  <Characters>643</Characters>
+  <Words>227</Words>
+  <Characters>1542</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1766</CharactersWithSpaces>
+  <CharactersWithSpaces>1731</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tatjana Rainiceca</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2014-11-05T00:00:00Z</vt:filetime>
   </property>