--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -1,86 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3958AC7F" w14:textId="77777777" w:rsidR="00A76048" w:rsidRPr="002A7950" w:rsidRDefault="00A76048" w:rsidP="00A76048">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PIETEIKUMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19DE62A0" w14:textId="58BEE752" w:rsidR="0057098D" w:rsidRPr="002A7950" w:rsidRDefault="00E9202E" w:rsidP="00077326">
+    <w:p w14:paraId="19DE62A0" w14:textId="58BEE752" w:rsidR="0057098D" w:rsidRPr="002A7950" w:rsidRDefault="00A96FC4" w:rsidP="00077326">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="26065303"/>
           <w:placeholder>
             <w:docPart w:val="C8A89A339D7243B48A928984B9E5F896"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2020-01-15T00:00:00Z">
             <w:dateFormat w:val="yyyy'. gada 'd. MMMM"/>
             <w:lid w:val="lv-LV"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
@@ -202,51 +206,51 @@
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>IZVĒLĒTIES ATBILSTOŠO</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="0057098D" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>￼</w:t>
       </w:r>
       <w:r w:rsidR="0057098D" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> prasībām </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE2C6AC" w14:textId="596C1AD5" w:rsidR="001F74E1" w:rsidRPr="002A7950" w:rsidRDefault="00321B8A" w:rsidP="000F545B">
+    <w:p w14:paraId="7DE2C6AC" w14:textId="4ED6769A" w:rsidR="001F74E1" w:rsidRPr="002A7950" w:rsidRDefault="00321B8A" w:rsidP="000F545B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dati par j</w:t>
       </w:r>
@@ -268,512 +272,519 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00E26753" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> person</w:t>
       </w:r>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
+      <w:r w:rsidR="001B58E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B58E2" w:rsidRPr="001B58E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(vai iestādi)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
-        <w:gridCol w:w="5517"/>
+        <w:gridCol w:w="6521"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001350E8" w:rsidRPr="002A7950" w14:paraId="4CF9EA38" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00D47B0E" w:rsidRPr="002A7950" w14:paraId="4CF9EA38" w14:textId="77777777" w:rsidTr="00D47B0E">
+        <w:trPr>
+          <w:trHeight w:val="366"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7FECC1A5" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="002A7950" w:rsidRDefault="00D00861" w:rsidP="00D00861">
+          <w:p w14:paraId="7FECC1A5" w14:textId="2FB3CF6E" w:rsidR="00D47B0E" w:rsidRPr="002A7950" w:rsidRDefault="00D47B0E" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Nosaukums l</w:t>
-[...15 lines deleted...]
-          <w:p w14:paraId="38CDDF3D" w14:textId="3F32B18E" w:rsidR="00C25D40" w:rsidRPr="002A7950" w:rsidRDefault="00C25D40" w:rsidP="00D00861">
+              <w:t xml:space="preserve">Nosaukums </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38CDDF3D" w14:textId="3F32B18E" w:rsidR="00D47B0E" w:rsidRPr="002A7950" w:rsidRDefault="00D47B0E" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="103802F6" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="590C6B0A" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9B55FD" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+          <w:p w14:paraId="2E23E9DC" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Nosaukums angļu valodā</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="243E971D" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+              <w:t>Reģistrācijas numurs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CF62C2" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="590C6B0A" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="2C9C1960" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2E23E9DC" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+          <w:p w14:paraId="4C73522C" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Reģistrācijas numurs</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="32CF62C2" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+              <w:t>Juridiskā adrese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F243F44" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="2C9C1960" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="5DC1BE15" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4C73522C" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+          <w:p w14:paraId="7B865382" w14:textId="2C3FFAC5" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="000F545B" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Juridiskā adrese</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7F243F44" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="004B0A20" w:rsidRPr="002A7950">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-pasta adrese </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3EA80C" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="5DC1BE15" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="1C8F4FA0" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7B865382" w14:textId="2C3FFAC5" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="000F545B" w:rsidP="004B0A20">
+          <w:p w14:paraId="6CA610DB" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>e</w:t>
-[...15 lines deleted...]
-          <w:p w14:paraId="6B3EA80C" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+              <w:t>Tālr., mob.tālr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39E18A9C" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="1C8F4FA0" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="11F37F49" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA610DB" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+          <w:p w14:paraId="40EE7582" w14:textId="597106FD" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tālr., </w:t>
-[...25 lines deleted...]
-          <w:p w14:paraId="39E18A9C" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+              <w:t xml:space="preserve">Institūcijas </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA7033">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bankas </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA7033" w:rsidRPr="00DA7033">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nosaukums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="171EC18A" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="11F37F49" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="0014645A" w:rsidRPr="002A7950" w14:paraId="7E118E30" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="40EE7582" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
-[...21 lines deleted...]
-          <w:p w14:paraId="171EC18A" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
+          <w:p w14:paraId="5B9B80AE" w14:textId="307E988A" w:rsidR="0014645A" w:rsidRPr="002A7950" w:rsidRDefault="0014645A" w:rsidP="004B0A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA7033">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SWIFT</w:t>
+            </w:r>
+            <w:r w:rsidR="002E336E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kods</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A48865" w14:textId="77777777" w:rsidR="0014645A" w:rsidRPr="002A7950" w:rsidRDefault="0014645A" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="331B6679" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="331B6679" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4566D72E" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Konta numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5517" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1559DA61" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="2E3FE6DF" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="2E3FE6DF" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3D370261" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tīmekļa vietnes adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5517" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02631597" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="004B0A20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D106F6C" w14:textId="4235A609" w:rsidR="001F74E1" w:rsidRPr="002A7950" w:rsidRDefault="00E26753" w:rsidP="000F545B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Paraksttiesīgā</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00975C73" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="004B0A20" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>-ās</w:t>
+      </w:r>
       <w:r w:rsidR="00975C73" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> persona</w:t>
       </w:r>
       <w:r w:rsidR="00975C73" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -784,649 +795,747 @@
       </w:r>
       <w:r w:rsidR="004B0A20" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-s</w:t>
       </w:r>
       <w:r w:rsidR="00975C73" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3539"/>
-        <w:gridCol w:w="5522"/>
+        <w:gridCol w:w="6526"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F52B2D" w:rsidRPr="002A7950" w14:paraId="5D5D29AB" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00F52B2D" w:rsidRPr="002A7950" w14:paraId="5D5D29AB" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="2A8F6A76" w14:textId="77777777" w:rsidR="00F52B2D" w:rsidRPr="002A7950" w:rsidRDefault="00F52B2D" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ieņemamais amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5522" w:type="dxa"/>
+            <w:tcW w:w="6526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AF3FDD1" w14:textId="77777777" w:rsidR="00F52B2D" w:rsidRPr="002A7950" w:rsidRDefault="00F52B2D" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F52B2D" w:rsidRPr="002A7950" w14:paraId="46EF2C00" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00F52B2D" w:rsidRPr="002A7950" w14:paraId="46EF2C00" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="5A1470CB" w14:textId="77777777" w:rsidR="00F52B2D" w:rsidRPr="002A7950" w:rsidRDefault="00F52B2D" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5522" w:type="dxa"/>
+            <w:tcW w:w="6526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D37F642" w14:textId="77777777" w:rsidR="00F52B2D" w:rsidRPr="002A7950" w:rsidRDefault="00F52B2D" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A031E" w:rsidRPr="002A7950" w14:paraId="083ABA7C" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="006A031E" w:rsidRPr="002A7950" w14:paraId="083ABA7C" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="6077D6A9" w14:textId="560BD895" w:rsidR="006A031E" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tiesīgs pārstāvēt</w:t>
             </w:r>
             <w:r w:rsidR="000840AA" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> pamatojoties uz </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5522" w:type="dxa"/>
+            <w:tcW w:w="6526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7073095A" w14:textId="77777777" w:rsidR="006A031E" w:rsidRPr="002A7950" w:rsidRDefault="006A031E" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="38DDB105" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="004B0A20" w:rsidRPr="002A7950" w14:paraId="38DDB105" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="5010D307" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5522" w:type="dxa"/>
+            <w:tcW w:w="6526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="307CA549" w14:textId="77777777" w:rsidR="004B0A20" w:rsidRPr="002A7950" w:rsidRDefault="004B0A20" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2292886B" w14:textId="189FC8B2" w:rsidR="001F74E1" w:rsidRPr="002A7950" w:rsidRDefault="00DD526E" w:rsidP="000F545B">
+    <w:p w14:paraId="6B765120" w14:textId="0E519F99" w:rsidR="002D7F80" w:rsidRPr="002D7F80" w:rsidRDefault="002D7F80" w:rsidP="002D7F80">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A7950">
+      <w:r w:rsidRPr="002D7F80">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Informācija par pieteikuma iesniedzēj</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B3630" w:rsidRPr="002A7950">
+        <w:t>Informācija par atbilstības novērtēšanas institūcij</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3179">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A7950">
+      <w:r w:rsidRPr="002D7F80">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, turpmāk – atbilstības novērtēšanas institūcija</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D7F80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(aizpilda, ja informācija atšķiras no 1. punktā norādītās)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
-        <w:gridCol w:w="5517"/>
+        <w:gridCol w:w="6521"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE4472" w:rsidRPr="002A7950" w14:paraId="2F517EEB" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00BE4472" w:rsidRPr="002A7950" w14:paraId="2F517EEB" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="6A882FE2" w14:textId="77777777" w:rsidR="00BE4472" w:rsidRPr="002A7950" w:rsidRDefault="00D00861" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nosaukums l</w:t>
             </w:r>
             <w:r w:rsidR="00BE4472" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atviešu valodā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5517" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05A1E817" w14:textId="77777777" w:rsidR="00BE4472" w:rsidRPr="002A7950" w:rsidRDefault="00BE4472" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE4472" w:rsidRPr="002A7950" w14:paraId="531936FD" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00BE4472" w:rsidRPr="002A7950" w14:paraId="531936FD" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
-          <w:p w14:paraId="647EB890" w14:textId="77777777" w:rsidR="00BE4472" w:rsidRPr="002A7950" w:rsidRDefault="00D00861" w:rsidP="00D00861">
+          <w:p w14:paraId="647EB890" w14:textId="71B0F170" w:rsidR="00BE4472" w:rsidRPr="002A7950" w:rsidRDefault="00D00861" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nosaukums a</w:t>
             </w:r>
             <w:r w:rsidR="00BE4472" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ngļu valodā</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="5517" w:type="dxa"/>
+            <w:r w:rsidR="002D7F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D7F80" w:rsidRPr="005F4CB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(ja tiek lietots starptautiskajā apritē)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C7B592E" w14:textId="77777777" w:rsidR="00BE4472" w:rsidRPr="002A7950" w:rsidRDefault="00BE4472" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="6702682B" w:rsidRPr="002A7950" w14:paraId="05CC138A" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="6702682B" w:rsidRPr="002A7950" w14:paraId="05CC138A" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="3051B3D4" w14:textId="41688B79" w:rsidR="16AD9A4F" w:rsidRPr="002A7950" w:rsidRDefault="000F545B" w:rsidP="6702682B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00665D84" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-pasta adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5517" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BFAD2E3" w14:textId="2BDAC8CE" w:rsidR="6702682B" w:rsidRPr="002A7950" w:rsidRDefault="6702682B" w:rsidP="6702682B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16C08A13" w14:textId="34075806" w:rsidR="00943C31" w:rsidRPr="002A7950" w:rsidRDefault="00814AE9" w:rsidP="000F545B">
+    <w:p w14:paraId="16C08A13" w14:textId="08F2A333" w:rsidR="00943C31" w:rsidRPr="002A7950" w:rsidRDefault="00814AE9" w:rsidP="000F545B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A7950">
+      <w:r w:rsidRPr="00BA037C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atbilstības novērtēšanas</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6130" w:rsidRPr="002A7950">
+      <w:r w:rsidR="00DD6130" w:rsidRPr="00BA037C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> institūcijas</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A7950">
+      <w:r w:rsidRPr="00BA037C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005C6E8E" w:rsidRPr="002A7950">
+      <w:r w:rsidR="005C6E8E" w:rsidRPr="00BA037C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atrašanās</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A7950">
+      <w:r w:rsidRPr="00BA037C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F39F6" w:rsidRPr="002A7950">
+      <w:r w:rsidR="001F39F6" w:rsidRPr="00BA037C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">un darbības </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A7950">
+      <w:r w:rsidRPr="00BA037C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vietas adrese (-es)</w:t>
+        <w:t>vietas adreses</w:t>
+      </w:r>
+      <w:r w:rsidR="008626B0" w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008626B0" w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(faktiskās</w:t>
+      </w:r>
+      <w:r w:rsidR="00483D6B" w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, pacienttuvā</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7664D" w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00483D6B" w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> testēšanas (</w:t>
+      </w:r>
+      <w:r w:rsidR="00483D6B" w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>POCT</w:t>
+      </w:r>
+      <w:r w:rsidR="00483D6B" w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00810089" w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adrese</w:t>
+      </w:r>
+      <w:r w:rsidR="00483D6B" w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00483D6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008626B0" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>(faktiskās un virtuālās)</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>virtuālās)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
-        <w:gridCol w:w="8527"/>
+        <w:gridCol w:w="9531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="4BE46564" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="4BE46564" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="737DCB99" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8527" w:type="dxa"/>
+            <w:tcW w:w="9531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF89E79" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="077D8E52" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="077D8E52" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="14129A94" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8527" w:type="dxa"/>
+            <w:tcW w:w="9531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28C0CCCD" w14:textId="6AF9CB28" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="17765CBC" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="17765CBC" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="76C99BF4" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8527" w:type="dxa"/>
+            <w:tcW w:w="9531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F70DA60" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0F462C84" w14:textId="1BEB2FDA" w:rsidR="00943C31" w:rsidRPr="002A7950" w:rsidRDefault="007C5236" w:rsidP="000F545B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -1446,457 +1555,421 @@
       </w:r>
       <w:r w:rsidR="00A23E25" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vadītājs</w:t>
       </w:r>
       <w:r w:rsidR="00BE4472" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
-        <w:gridCol w:w="6226"/>
+        <w:gridCol w:w="7230"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001350E8" w:rsidRPr="002A7950" w14:paraId="25F7630D" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="001350E8" w:rsidRPr="002A7950" w14:paraId="25F7630D" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="12266A8B" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="002A7950" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ieņemamais amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6226" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66D21EE0" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="002A7950" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001350E8" w:rsidRPr="002A7950" w14:paraId="60BC59EE" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="001350E8" w:rsidRPr="002A7950" w14:paraId="60BC59EE" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="1E9F9DE0" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="002A7950" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6226" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C785E08" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="002A7950" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001350E8" w:rsidRPr="002A7950" w14:paraId="22611F29" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="001350E8" w:rsidRPr="002A7950" w14:paraId="22611F29" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="34D2F792" w14:textId="4E03AE8A" w:rsidR="001350E8" w:rsidRPr="002A7950" w:rsidRDefault="000F545B" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="001350E8" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-pasta adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6226" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C707C66" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="002A7950" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001350E8" w:rsidRPr="002A7950" w14:paraId="1CDB437F" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="001350E8" w:rsidRPr="002A7950" w14:paraId="1CDB437F" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="02F53407" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="002A7950" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tālr., </w:t>
-[...23 lines deleted...]
-            <w:tcW w:w="6226" w:type="dxa"/>
+              <w:t>Tālr., mob.tālr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13D992A3" w14:textId="77777777" w:rsidR="001350E8" w:rsidRPr="002A7950" w:rsidRDefault="001350E8" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DCF089C" w14:textId="5C283D66" w:rsidR="00943C31" w:rsidRPr="002A7950" w:rsidRDefault="00BE4472" w:rsidP="000F545B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontaktpersona </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
-        <w:gridCol w:w="6231"/>
+        <w:gridCol w:w="7235"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="4055B2EF" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="4055B2EF" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="2A8A0597" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ieņemamais amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6231" w:type="dxa"/>
+            <w:tcW w:w="7235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C053F2F" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="3E6F3A65" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="3E6F3A65" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="32BE51E4" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6231" w:type="dxa"/>
+            <w:tcW w:w="7235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A587437" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="5C8182D9" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="5C8182D9" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="4C201B6B" w14:textId="66AB3151" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="007F3358" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00A5342A" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-pasta adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6231" w:type="dxa"/>
+            <w:tcW w:w="7235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06C8B2D6" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="6EDA3CE4" w14:textId="77777777" w:rsidTr="007F3358">
+      <w:tr w:rsidR="00A5342A" w:rsidRPr="002A7950" w14:paraId="6EDA3CE4" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5EBF7"/>
           </w:tcPr>
           <w:p w14:paraId="6F85A721" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D00861">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tālr., </w:t>
-[...23 lines deleted...]
-            <w:tcW w:w="6231" w:type="dxa"/>
+              <w:t>Tālr., mob.tālr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75699732" w14:textId="77777777" w:rsidR="00A5342A" w:rsidRPr="002A7950" w:rsidRDefault="00A5342A" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="07838F8A" w14:textId="7A67B965" w:rsidR="002902D1" w:rsidRPr="002A7950" w:rsidRDefault="002902D1" w:rsidP="002902D1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -1990,51 +2063,50 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="78B12CF0" w14:textId="5F15507A" w:rsidR="002902D1" w:rsidRPr="002A7950" w:rsidRDefault="002902D1" w:rsidP="002902D1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Akreditācija paziņošanas nolūkā</w:t>
             </w:r>
             <w:r w:rsidR="00B31B3C" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B31B3C" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(atzīmēt ar “X”, ja attiecas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
@@ -2083,60 +2155,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz _____lapām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A3D865" w14:textId="77777777" w:rsidR="008C00A4" w:rsidRPr="002A7950" w:rsidRDefault="008C00A4" w:rsidP="000F545B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2972"/>
-        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="3686"/>
+        <w:gridCol w:w="286"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="2120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C54D31" w:rsidRPr="002A7950" w14:paraId="59C8F592" w14:textId="77777777" w:rsidTr="00D95923">
-[...2 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+      <w:tr w:rsidR="00C54D31" w:rsidRPr="002A7950" w14:paraId="59C8F592" w14:textId="77777777" w:rsidTr="00261EF2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70B19A71" w14:textId="77777777" w:rsidR="00C54D31" w:rsidRPr="002A7950" w:rsidRDefault="00C54D31" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -2201,54 +2273,54 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3600DA71" w14:textId="77777777" w:rsidR="00C54D31" w:rsidRPr="002A7950" w:rsidRDefault="00C54D31" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C54D31" w:rsidRPr="002A7950" w14:paraId="223F23A4" w14:textId="77777777" w:rsidTr="00C54D31">
-[...2 lines deleted...]
-            <w:tcW w:w="3256" w:type="dxa"/>
+      <w:tr w:rsidR="00C54D31" w:rsidRPr="002A7950" w14:paraId="223F23A4" w14:textId="77777777" w:rsidTr="00261EF2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D81B7AF" w14:textId="77777777" w:rsidR="00C54D31" w:rsidRPr="002A7950" w:rsidRDefault="00C54D31" w:rsidP="00C54D31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Ieņemamais amats)</w:t>
             </w:r>
@@ -2372,55 +2444,59 @@
       <w:r w:rsidR="00AA7B2B" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> “paraksts” nav jāpilda, ja dokuments tiek parakstīts ar drošu elektronisko parakstu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38FE0C25" w14:textId="77777777" w:rsidR="00AA7B2B" w:rsidRPr="002A7950" w:rsidRDefault="00AA7B2B" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="618028B7" w14:textId="0F011E8F" w:rsidR="00AA7B2B" w:rsidRPr="002A7950" w:rsidRDefault="00AA7B2B" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00AA7B2B" w:rsidRPr="002A7950" w:rsidSect="00EC1E2C">
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId12"/>
+        <w:sectPr w:rsidR="00AA7B2B" w:rsidRPr="002A7950" w:rsidSect="00261EF2">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgMar w:top="1134" w:right="964" w:bottom="964" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CA6F1EA" w14:textId="21D1DE0C" w:rsidR="001E0952" w:rsidRPr="002A7950" w:rsidRDefault="009A7A08" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pieteikuma </w:t>
       </w:r>
@@ -2689,64 +2765,64 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B48D2E2" w14:textId="60D84F35" w:rsidR="00345690" w:rsidRPr="002A7950" w:rsidRDefault="00345690" w:rsidP="008C2385">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6563800A" w14:textId="77777777" w:rsidR="00A30B19" w:rsidRPr="002A7950" w:rsidRDefault="00A30B19" w:rsidP="008C2385">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="15163" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="603"/>
         <w:gridCol w:w="1563"/>
         <w:gridCol w:w="1389"/>
-        <w:gridCol w:w="1947"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3705"/>
+        <w:gridCol w:w="1885"/>
+        <w:gridCol w:w="2777"/>
+        <w:gridCol w:w="4244"/>
         <w:gridCol w:w="1536"/>
-        <w:gridCol w:w="1163"/>
+        <w:gridCol w:w="1166"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00747DC4" w:rsidRPr="002A7950" w14:paraId="247E3AEF" w14:textId="77777777" w:rsidTr="00747DC4">
+      <w:tr w:rsidR="00747DC4" w:rsidRPr="002A7950" w14:paraId="247E3AEF" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06005D5D" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00747DC4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -2759,81 +2835,81 @@
           <w:p w14:paraId="0995A6B5" w14:textId="570A7241" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00747DC4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13890" w:type="dxa"/>
+            <w:tcW w:w="14560" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="315EFF8B" w14:textId="4618F13D" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00747DC4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kalibrēšanas un mērīšanas spēja (CMC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00747DC4" w:rsidRPr="002A7950" w14:paraId="14B242D6" w14:textId="77777777" w:rsidTr="00747DC4">
+      <w:tr w:rsidR="00747DC4" w:rsidRPr="002A7950" w14:paraId="14B242D6" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
-          <w:trHeight w:val="1666"/>
+          <w:trHeight w:val="1272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A0A268B" w14:textId="40728FB8" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00747DC4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2874,123 +2950,121 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>objekts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4862BAAE" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00747DC4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mērlielums</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="1947" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E4D0263" w14:textId="588EAC58" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00747DC4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Diapazons</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2587" w:type="dxa"/>
+            <w:tcW w:w="2777" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EA0802D" w14:textId="39F23AC6" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00747DC4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Paplašinātā mērīšanas nenoteiktība, kuras pārklājuma iespējamība ir aptuveni 95 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcW w:w="4244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E620574" w14:textId="034AE0A1" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00747DC4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Normatīvi tehniskās dokumentācijas numurs un nosaukums, standarti, metodes</w:t>
             </w:r>
             <w:r w:rsidR="00C65E6F" w:rsidRPr="002A7950">
               <w:rPr>
@@ -3033,51 +3107,51 @@
             </w:r>
             <w:r w:rsidR="002B59C9" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>avots</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B130BA3" w14:textId="1BBA4BD7" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00F00342" w:rsidP="002B59C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Darbības</w:t>
             </w:r>
             <w:r w:rsidR="002B59C9" w:rsidRPr="002A7950">
               <w:rPr>
@@ -3101,262 +3175,262 @@
             </w:r>
             <w:r w:rsidR="00184394" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00C65E6F" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00747DC4" w:rsidRPr="002A7950" w14:paraId="004F28D3" w14:textId="77777777" w:rsidTr="00D95923">
+      <w:tr w:rsidR="00747DC4" w:rsidRPr="002A7950" w14:paraId="004F28D3" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BD0679D" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5523B3AC" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55B0ABD1" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75BC6510" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2587" w:type="dxa"/>
+            <w:tcW w:w="2777" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="577E057B" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcW w:w="4244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18A52477" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1274A879" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="206FE920" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00747DC4" w:rsidRPr="002A7950" w14:paraId="4946577F" w14:textId="77777777" w:rsidTr="00D95923">
+      <w:tr w:rsidR="00747DC4" w:rsidRPr="002A7950" w14:paraId="4946577F" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77DDE2F7" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16592667" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75230B44" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C742557" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2587" w:type="dxa"/>
+            <w:tcW w:w="2777" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EC95B56" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcW w:w="4244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DC1DF30" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="519C1279" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B7D8438" w14:textId="77777777" w:rsidR="00747DC4" w:rsidRPr="002A7950" w:rsidRDefault="00747DC4" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="165887DA" w14:textId="36227B1C" w:rsidR="008C2385" w:rsidRPr="002A7950" w:rsidRDefault="00C65E6F" w:rsidP="00C65E6F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -4374,79 +4448,78 @@
           </w:tcPr>
           <w:p w14:paraId="25E6C1C4" w14:textId="77777777" w:rsidR="006B7BF4" w:rsidRPr="002A7950" w:rsidRDefault="006B7BF4" w:rsidP="006B7BF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D82442C" w14:textId="29D00E5F" w:rsidR="001E0952" w:rsidRPr="002A7950" w:rsidRDefault="001E0952" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14606" w:type="dxa"/>
+        <w:tblW w:w="15031" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2415"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="2835"/>
-        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="4252"/>
         <w:gridCol w:w="1701"/>
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B944A4" w:rsidRPr="002A7950" w14:paraId="45A408BF" w14:textId="77777777" w:rsidTr="00BD4A7F">
+      <w:tr w:rsidR="00B944A4" w:rsidRPr="002A7950" w14:paraId="45A408BF" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="697E255F" w14:textId="187ECA06" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00B944A4" w:rsidP="00747DC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_Hlk78277038"/>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -4458,51 +4531,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/ paraugu ņemšanas</w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> objekts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="276CA21A" w14:textId="24683F0A" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00B944A4" w:rsidP="00747DC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
@@ -4561,403 +4633,392 @@
             </w:r>
             <w:r w:rsidR="0047058F" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>dokumentācijas numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="141236A4" w14:textId="222842B6" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00B944A4" w:rsidP="00747DC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Normatīvi-tehniskās dokumentācijas nosaukums, standarti, metodes</w:t>
             </w:r>
             <w:r w:rsidR="00C65E6F" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D938B34" w14:textId="44B1A1A4" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00B944A4" w:rsidP="00747DC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inform</w:t>
             </w:r>
             <w:r w:rsidR="00B56399" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ācijas</w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> avots</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="704FEF81" w14:textId="317EAE2D" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00F00342" w:rsidP="00747DC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Darbības vietas</w:t>
             </w:r>
             <w:r w:rsidR="00C65E6F" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B944A4" w:rsidRPr="002A7950" w14:paraId="521C54B7" w14:textId="77777777" w:rsidTr="00BD4A7F">
+      <w:tr w:rsidR="00B944A4" w:rsidRPr="002A7950" w14:paraId="521C54B7" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06C24441" w14:textId="77777777" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00B944A4" w:rsidP="00BD4A7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65C11C18" w14:textId="4E4728D7" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00B944A4" w:rsidP="00BD4A7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06BCF2FC" w14:textId="77777777" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00B944A4" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04CDA9C8" w14:textId="27586F92" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00B944A4" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C5FC48C" w14:textId="7B9B02F7" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00B944A4" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4104040E" w14:textId="77777777" w:rsidR="00B944A4" w:rsidRPr="002A7950" w:rsidRDefault="00B944A4" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95923" w:rsidRPr="002A7950" w14:paraId="526D32D6" w14:textId="77777777" w:rsidTr="00BD4A7F">
+      <w:tr w:rsidR="00D95923" w:rsidRPr="002A7950" w14:paraId="526D32D6" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64855B71" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00BD4A7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B11E0A7" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00BD4A7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27E4685F" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0084C82D" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01001AA7" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C0B23E6" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27D66143" w14:textId="1281351C" w:rsidR="00C65E6F" w:rsidRPr="002A7950" w:rsidRDefault="00C65E6F" w:rsidP="004B4C2D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="280" w:hanging="280"/>
@@ -5615,501 +5676,498 @@
           </w:tcPr>
           <w:p w14:paraId="0FA4BD29" w14:textId="77777777" w:rsidR="008F66EF" w:rsidRPr="002A7950" w:rsidRDefault="008F66EF" w:rsidP="002D68C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AF2C802" w14:textId="5A030913" w:rsidR="008F66EF" w:rsidRPr="002A7950" w:rsidRDefault="008F66EF" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14488" w:type="dxa"/>
+        <w:tblW w:w="14913" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="2693"/>
-        <w:gridCol w:w="6691"/>
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="7258"/>
+        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A9040D" w:rsidRPr="002A7950" w14:paraId="72939481" w14:textId="534AD878" w:rsidTr="00A9040D">
+      <w:tr w:rsidR="00A9040D" w:rsidRPr="002A7950" w14:paraId="72939481" w14:textId="534AD878" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EEFC5B9" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="34" w:hanging="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inspicēšanas objekts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F81319D" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inspicēšanas veids</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6691" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A58FA9F" w14:textId="5B32E982" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Normatīvie dokumenti, standarti, metodes</w:t>
             </w:r>
             <w:r w:rsidR="00C65E6F" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="795F5EE3" w14:textId="4E3E63BF" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00F00342" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Darbības vietas</w:t>
             </w:r>
             <w:r w:rsidR="00C65E6F" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9040D" w:rsidRPr="002A7950" w14:paraId="5AE79343" w14:textId="5AC82EDD" w:rsidTr="00D95923">
+      <w:tr w:rsidR="00A9040D" w:rsidRPr="002A7950" w14:paraId="5AE79343" w14:textId="5AC82EDD" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22B5048A" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="157BD65C" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6691" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ADB520D" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CBAACA0" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9040D" w:rsidRPr="002A7950" w14:paraId="7B55317C" w14:textId="307D55E2" w:rsidTr="00D95923">
+      <w:tr w:rsidR="00A9040D" w:rsidRPr="002A7950" w14:paraId="7B55317C" w14:textId="307D55E2" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="010969AE" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6127E0BF" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6691" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51E5E37E" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53549E2F" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9040D" w:rsidRPr="002A7950" w14:paraId="7D399760" w14:textId="70455E2B" w:rsidTr="00D95923">
+      <w:tr w:rsidR="00A9040D" w:rsidRPr="002A7950" w14:paraId="7D399760" w14:textId="70455E2B" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E5864A6" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7019FEDB" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6691" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30530D7F" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="303A8372" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9040D" w:rsidRPr="002A7950" w14:paraId="745ADCDE" w14:textId="4FD16E93" w:rsidTr="00D95923">
+      <w:tr w:rsidR="00A9040D" w:rsidRPr="002A7950" w14:paraId="745ADCDE" w14:textId="4FD16E93" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="257140B4" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04CBF291" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6691" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F25487E" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="308BE627" w14:textId="77777777" w:rsidR="00A9040D" w:rsidRPr="002A7950" w:rsidRDefault="00A9040D" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="40DCA183" w14:textId="25B600C4" w:rsidR="0088114C" w:rsidRPr="002A7950" w:rsidRDefault="00C65E6F" w:rsidP="004B4C2D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:rPr>
@@ -6568,51 +6626,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AS LABORATORISKIE</w:t>
       </w:r>
       <w:r w:rsidR="00717C9A" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IZMEKLĒJUMI</w:t>
       </w:r>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A337CB" w14:textId="62382972" w:rsidR="00344E79" w:rsidRPr="002A7950" w:rsidRDefault="00E9202E" w:rsidP="002D68C9">
+    <w:p w14:paraId="47A337CB" w14:textId="62382972" w:rsidR="00344E79" w:rsidRPr="002A7950" w:rsidRDefault="00A96FC4" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="IZVĒLĒTIES ATBILSTOŠO"/>
           <w:tag w:val="IZVĒLĒTIES ATBILSTOŠO"/>
           <w:id w:val="-1419475645"/>
           <w:placeholder>
             <w:docPart w:val="B89391656637442E9F8790B3E6EE6E35"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:comboBox>
@@ -6766,113 +6824,113 @@
         </w:rPr>
         <w:t>Akreditācijas elastīgā sfēra</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2235"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B3616B" w:rsidRPr="002A7950" w14:paraId="7AE4B1C5" w14:textId="77777777" w:rsidTr="005E140F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="410F037A" w14:textId="77777777" w:rsidR="00B3616B" w:rsidRPr="002A7950" w:rsidRDefault="00B3616B" w:rsidP="00CA1A05">
+          <w:p w14:paraId="410F037A" w14:textId="77777777" w:rsidR="00B3616B" w:rsidRPr="002A7950" w:rsidRDefault="00B3616B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Latviešu valodā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12332" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7805358F" w14:textId="77777777" w:rsidR="00B3616B" w:rsidRPr="002A7950" w:rsidRDefault="00B3616B" w:rsidP="00CA1A05">
+          <w:p w14:paraId="7805358F" w14:textId="77777777" w:rsidR="00B3616B" w:rsidRPr="002A7950" w:rsidRDefault="00B3616B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3616B" w:rsidRPr="002A7950" w14:paraId="669ECA1C" w14:textId="77777777" w:rsidTr="005E140F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3284D877" w14:textId="77777777" w:rsidR="00B3616B" w:rsidRPr="002A7950" w:rsidRDefault="00B3616B" w:rsidP="00CA1A05">
+          <w:p w14:paraId="3284D877" w14:textId="77777777" w:rsidR="00B3616B" w:rsidRPr="002A7950" w:rsidRDefault="00B3616B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Angļu valodā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12332" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2D71177C" w14:textId="77777777" w:rsidR="00B3616B" w:rsidRPr="002A7950" w:rsidRDefault="00B3616B" w:rsidP="00CA1A05">
+          <w:p w14:paraId="2D71177C" w14:textId="77777777" w:rsidR="00B3616B" w:rsidRPr="002A7950" w:rsidRDefault="00B3616B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003827AD" w:rsidRPr="002A7950" w14:paraId="2F1F38D3" w14:textId="77777777" w:rsidTr="005E140F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -7029,63 +7087,64 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A7465" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00DD526E" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>norāda, ja pieteikta akreditācija)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14879" w:type="dxa"/>
+        <w:tblW w:w="15594" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3964"/>
+        <w:gridCol w:w="4395"/>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="4678"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00786B59" w:rsidRPr="002A7950" w14:paraId="154E54AC" w14:textId="77777777" w:rsidTr="00786B59">
-[...2 lines deleted...]
-            <w:tcW w:w="3964" w:type="dxa"/>
+      <w:tr w:rsidR="00786B59" w:rsidRPr="002A7950" w14:paraId="154E54AC" w14:textId="77777777" w:rsidTr="00261EF2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D4DAAED" w14:textId="1DB96FC6" w:rsidR="00786B59" w:rsidRPr="002A7950" w:rsidRDefault="00786B59" w:rsidP="00691416">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Materiāls</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
@@ -7125,703 +7184,1204 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Procedūra</w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (datums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29D61773" w14:textId="2DB15F8D" w:rsidR="00786B59" w:rsidRPr="002A7950" w:rsidRDefault="00786B59" w:rsidP="00691416">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Darbības vietas</w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786B59" w:rsidRPr="002A7950" w14:paraId="1F14050F" w14:textId="77777777" w:rsidTr="00786B59">
-[...2 lines deleted...]
-            <w:tcW w:w="3964" w:type="dxa"/>
+      <w:tr w:rsidR="00786B59" w:rsidRPr="002A7950" w14:paraId="1F14050F" w14:textId="77777777" w:rsidTr="00261EF2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7912FF4E" w14:textId="77777777" w:rsidR="00786B59" w:rsidRPr="002A7950" w:rsidRDefault="00786B59" w:rsidP="00786B59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68D955B6" w14:textId="77777777" w:rsidR="00786B59" w:rsidRPr="002A7950" w:rsidRDefault="00786B59" w:rsidP="00786B59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="063FC77F" w14:textId="77777777" w:rsidR="00786B59" w:rsidRPr="002A7950" w:rsidRDefault="00786B59" w:rsidP="00786B59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74BA030D" w14:textId="10E0418F" w:rsidR="00786B59" w:rsidRPr="002A7950" w:rsidRDefault="00786B59" w:rsidP="00786B59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="7"/>
     </w:tbl>
-    <w:p w14:paraId="053EAB3C" w14:textId="77777777" w:rsidR="00691416" w:rsidRPr="002A7950" w:rsidRDefault="00691416" w:rsidP="00B3616B">
+    <w:p w14:paraId="053EAB3C" w14:textId="77777777" w:rsidR="00691416" w:rsidRDefault="00691416" w:rsidP="00B3616B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DAA4708" w14:textId="43F26C2D" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4" w:rsidP="00FE6CB4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk219452388"/>
+      <w:r w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pacienttuva testēšana (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POCT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA037C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14889" w:type="dxa"/>
-        <w:tblInd w:w="-10" w:type="dxa"/>
+        <w:tblW w:w="15594" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1609"/>
+        <w:gridCol w:w="2030"/>
         <w:gridCol w:w="2276"/>
         <w:gridCol w:w="2187"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="4686"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00584567" w:rsidRPr="002A7950" w14:paraId="308CDE4A" w14:textId="77777777" w:rsidTr="00786B59">
+      <w:tr w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w14:paraId="15C11A2B" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1609" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2030" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64858AE3" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00584567" w:rsidP="00747DC4">
+          <w:p w14:paraId="10F2FFBE" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A7950">
+            <w:r w:rsidRPr="00BA037C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Izmeklējumu joma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="722E1D26" w14:textId="42AE6918" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00363C30" w:rsidP="00747DC4">
+          <w:p w14:paraId="5549C78E" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A7950">
+            <w:r w:rsidRPr="00BA037C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Izmeklējamais materiāls</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2187" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E213037" w14:textId="6A663275" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="004520CF" w:rsidP="00747DC4">
+          <w:p w14:paraId="0A7980E2" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A7950">
+            <w:r w:rsidRPr="00BA037C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Analīts</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002A7950">
+              <w:t>Analīts/ parametru grupa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72521FF6" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA037C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>/ parametr</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0007712E" w:rsidRPr="002A7950">
+              <w:t>Tehnoloģija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4686" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53A1139B" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>u grupa</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA037C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Iekārta, metode, aktuālais datums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA037C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="657A093B" w14:textId="7823ED54" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00852577">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA037C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Izpildes vieta</w:t>
+            </w:r>
+            <w:r w:rsidR="00846F92" w:rsidRPr="00BA037C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE6CB4" w:rsidRPr="00BA037C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w14:paraId="56A55D18" w14:textId="77777777" w:rsidTr="00261EF2">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C158F28" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2276" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5221B976" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2187" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D4CC17" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A68198" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4686" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56C68C25" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19FB3ECF" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE6CB4" w:rsidRPr="00FE6CB4" w14:paraId="0A31F361" w14:textId="77777777" w:rsidTr="00261EF2">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F15004" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2276" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64976B50" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2187" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFCCF4E" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A9A4C0" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4686" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4722232E" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03AC75DB" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRPr="00BA037C" w:rsidRDefault="00FE6CB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="8"/>
+    </w:tbl>
+    <w:p w14:paraId="0EC56B81" w14:textId="77777777" w:rsidR="00FE6CB4" w:rsidRDefault="00FE6CB4" w:rsidP="00B3616B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="15594" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2030"/>
+        <w:gridCol w:w="2276"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="4686"/>
+        <w:gridCol w:w="1985"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00584567" w:rsidRPr="002A7950" w14:paraId="308CDE4A" w14:textId="77777777" w:rsidTr="00261EF2">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A43A01A" w14:textId="07D02099" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="004520CF" w:rsidP="00747DC4">
+          <w:p w14:paraId="64858AE3" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00584567" w:rsidP="00747DC4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7950">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Izmeklējumu joma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="722E1D26" w14:textId="42AE6918" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00363C30" w:rsidP="00747DC4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7950">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Izmeklējamais materiāls</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E213037" w14:textId="6A663275" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="004520CF" w:rsidP="00747DC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Tehnoloģija</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Analīts/ parametr</w:t>
+            </w:r>
+            <w:r w:rsidR="0007712E" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="002A7950">
+              <w:t>u grupa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A43A01A" w14:textId="07D02099" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="004520CF" w:rsidP="00747DC4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Iekārta, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FB447A" w:rsidRPr="002A7950">
+            </w:pPr>
+            <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>m</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002A7950">
+              <w:t>Tehnoloģija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4686" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F61AB22" w14:textId="558F2496" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00363C30" w:rsidP="00747DC4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>etode</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D4F73" w:rsidRPr="002A7950">
+            </w:pPr>
+            <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D0714E" w:rsidRPr="002A7950">
+              <w:t xml:space="preserve">Iekārta, </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB447A" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">aktuālais </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00625E21" w:rsidRPr="002A7950">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>datums</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00786B59" w:rsidRPr="002A7950">
+              <w:t>etode</w:t>
+            </w:r>
+            <w:r w:rsidR="008D4F73" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D0714E" w:rsidRPr="002A7950">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aktuālais </w:t>
+            </w:r>
+            <w:r w:rsidR="00625E21" w:rsidRPr="002A7950">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>datums</w:t>
+            </w:r>
+            <w:r w:rsidR="00786B59" w:rsidRPr="002A7950">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40EF1F34" w14:textId="358EA34E" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00F00342" w:rsidP="00747DC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Darbības vietas</w:t>
             </w:r>
             <w:r w:rsidR="00786B59" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00584567" w:rsidRPr="002A7950" w14:paraId="771BAF8C" w14:textId="77777777" w:rsidTr="00786B59">
+      <w:tr w:rsidR="00584567" w:rsidRPr="002A7950" w14:paraId="771BAF8C" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1609" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2030" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30B0ACAF" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00584567" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04DD8647" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00584567" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2187" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4174F6F5" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00584567" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F32F271" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00584567" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="208B9FEF" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00584567" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27836739" w14:textId="77777777" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00584567" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95923" w:rsidRPr="002A7950" w14:paraId="54E4F087" w14:textId="77777777" w:rsidTr="00786B59">
+      <w:tr w:rsidR="00D95923" w:rsidRPr="002A7950" w14:paraId="54E4F087" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1609" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2030" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AE8C251" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E73564B" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2187" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59C27647" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14406587" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05839675" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="242FB2A4" w14:textId="77777777" w:rsidR="00D95923" w:rsidRPr="002A7950" w:rsidRDefault="00D95923" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A36C40D" w14:textId="41081556" w:rsidR="00786B59" w:rsidRPr="002A7950" w:rsidRDefault="00786B59" w:rsidP="008A29D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
@@ -7853,50 +8413,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Iekļaujot versijas kodus</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32007969" w14:textId="74D4ECFB" w:rsidR="00691416" w:rsidRPr="002A7950" w:rsidRDefault="00786B59" w:rsidP="008A29D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="004B4C2D" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00691416" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Uzrāda, ja ir vairākas </w:t>
       </w:r>
       <w:r w:rsidR="0074695B" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">darbības </w:t>
@@ -7917,51 +8478,51 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="004B4C2D" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk181707025"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk181707025"/>
       <w:r w:rsidR="007F11FF" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zrādām</w:t>
       </w:r>
       <w:r w:rsidR="000D0498" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00DD6130" w:rsidRPr="002A7950">
@@ -8008,51 +8569,51 @@
       </w:r>
       <w:r w:rsidR="0074695B" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> iekārta un tā izstrādātāja metodes aktuālais kods/ versijas numuram (atbilstoši pieejamai informācijai), datums</w:t>
       </w:r>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, ja tādi netiek iesniegti </w:t>
       </w:r>
       <w:r w:rsidR="00D0714E" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>elastīgās sfēras metožu sarakstā</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="30CC1722" w14:textId="77777777" w:rsidR="009B0284" w:rsidRPr="002A7950" w:rsidRDefault="009B0284" w:rsidP="008A29D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="3827"/>
@@ -8609,370 +9170,368 @@
     </w:tbl>
     <w:p w14:paraId="4EDA4C09" w14:textId="5FD33A12" w:rsidR="00584567" w:rsidRPr="002A7950" w:rsidRDefault="00584567" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4567BDEC" w14:textId="77777777" w:rsidR="00E82951" w:rsidRPr="002A7950" w:rsidRDefault="00E82951" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14488" w:type="dxa"/>
+        <w:tblW w:w="14913" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
-        <w:gridCol w:w="10802"/>
+        <w:gridCol w:w="11227"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="4F4232DF" w14:textId="77777777" w:rsidTr="009B3630">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="4F4232DF" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27A3E716" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="34" w:hanging="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sertificēšanas joma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55E50D75" w14:textId="1BF5C380" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Normatīvie dokumenti, standarti, sertificēšanas shēmas</w:t>
             </w:r>
             <w:r w:rsidR="00642562" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="3CF6E3FD" w14:textId="77777777" w:rsidTr="009B3630">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="3CF6E3FD" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39A66808" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FF1DEA3" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="6BAAE456" w14:textId="77777777" w:rsidTr="009B3630">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="6BAAE456" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66953367" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04E1F61A" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="64087BAA" w14:textId="77777777" w:rsidTr="009B3630">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="64087BAA" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1606AD7B" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="193A1370" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="41E86DBA" w14:textId="77777777" w:rsidTr="009B3630">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="41E86DBA" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="347D09A4" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BE7AD19" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="758A49DA" w14:textId="77777777" w:rsidTr="009B3630">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="758A49DA" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CC643A7" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D1E114C" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="4B2ABF83" w14:textId="77777777" w:rsidTr="009B3630">
+      <w:tr w:rsidR="00AD03BC" w:rsidRPr="002A7950" w14:paraId="4B2ABF83" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="554027B4" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10802" w:type="dxa"/>
+            <w:tcW w:w="11227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="194019CE" w14:textId="77777777" w:rsidR="00AD03BC" w:rsidRPr="002A7950" w:rsidRDefault="00AD03BC" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4201EFF6" w14:textId="5D35A6E7" w:rsidR="006A53CA" w:rsidRPr="002A7950" w:rsidRDefault="00642562" w:rsidP="00A61A1F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -9581,252 +10140,246 @@
     </w:tbl>
     <w:p w14:paraId="5280D0AA" w14:textId="702E2F73" w:rsidR="005B78B3" w:rsidRPr="002A7950" w:rsidRDefault="005B78B3" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36DF42EB" w14:textId="77777777" w:rsidR="00E82951" w:rsidRPr="002A7950" w:rsidRDefault="00E82951" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14596" w:type="dxa"/>
+        <w:tblW w:w="15021" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="4961"/>
-        <w:gridCol w:w="5812"/>
+        <w:gridCol w:w="6237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B78B3" w:rsidRPr="002A7950" w14:paraId="0901B40B" w14:textId="77777777" w:rsidTr="0085577D">
+      <w:tr w:rsidR="005B78B3" w:rsidRPr="002A7950" w14:paraId="0901B40B" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32D1FAAD" w14:textId="77777777" w:rsidR="005B78B3" w:rsidRPr="002A7950" w:rsidRDefault="008A670D" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Sertificēšanas o</w:t>
             </w:r>
             <w:r w:rsidR="005B78B3" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>bjekts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C8A8E6C" w14:textId="77777777" w:rsidR="005B78B3" w:rsidRPr="002A7950" w:rsidRDefault="004A6BC8" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Sertificēšanas</w:t>
             </w:r>
             <w:r w:rsidR="005B78B3" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> shēma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A869B54" w14:textId="2219370D" w:rsidR="005B78B3" w:rsidRPr="002A7950" w:rsidRDefault="008A670D" w:rsidP="002D68C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Normatīvie dokumenti, standarti, metodes</w:t>
             </w:r>
             <w:r w:rsidR="00642562" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B78B3" w:rsidRPr="002A7950" w14:paraId="66C01C45" w14:textId="77777777" w:rsidTr="00D95923">
+      <w:tr w:rsidR="005B78B3" w:rsidRPr="002A7950" w14:paraId="66C01C45" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2164CB43" w14:textId="77777777" w:rsidR="005B78B3" w:rsidRPr="002A7950" w:rsidRDefault="005B78B3" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32D684D6" w14:textId="77777777" w:rsidR="005B78B3" w:rsidRPr="002A7950" w:rsidRDefault="005B78B3" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6AB2C1C2" w14:textId="77777777" w:rsidR="005B78B3" w:rsidRPr="002A7950" w:rsidRDefault="005B78B3" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73097960" w14:textId="40D13FFB" w:rsidR="005B78B3" w:rsidRPr="002A7950" w:rsidRDefault="00642562" w:rsidP="00A61A1F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="280" w:hanging="280"/>
@@ -10458,194 +11011,191 @@
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E55B12C" w14:textId="77777777" w:rsidR="002750C5" w:rsidRPr="002A7950" w:rsidRDefault="002750C5" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14596" w:type="dxa"/>
+        <w:tblW w:w="15021" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4957"/>
         <w:gridCol w:w="4252"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="5812"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00504FD3" w:rsidRPr="002A7950" w14:paraId="3D9C0CF3" w14:textId="77777777" w:rsidTr="0085577D">
+      <w:tr w:rsidR="00504FD3" w:rsidRPr="002A7950" w14:paraId="3D9C0CF3" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36C852E2" w14:textId="77777777" w:rsidR="00504FD3" w:rsidRPr="002A7950" w:rsidRDefault="00504FD3" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sertificēšanas objekts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E207248" w14:textId="77777777" w:rsidR="00504FD3" w:rsidRPr="002A7950" w:rsidRDefault="00504FD3" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tehniskā joma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DCD0740" w14:textId="4741D84A" w:rsidR="00504FD3" w:rsidRPr="002A7950" w:rsidRDefault="00504FD3" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Piezīmes</w:t>
             </w:r>
             <w:r w:rsidR="00642562" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504FD3" w:rsidRPr="002A7950" w14:paraId="207CAF67" w14:textId="77777777" w:rsidTr="00D95923">
+      <w:tr w:rsidR="00504FD3" w:rsidRPr="002A7950" w14:paraId="207CAF67" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4468083F" w14:textId="77777777" w:rsidR="00504FD3" w:rsidRPr="002A7950" w:rsidRDefault="00504FD3" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6611393E" w14:textId="77777777" w:rsidR="00504FD3" w:rsidRPr="002A7950" w:rsidRDefault="00504FD3" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DCDEFFE" w14:textId="77777777" w:rsidR="00504FD3" w:rsidRPr="002A7950" w:rsidRDefault="00504FD3" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A61CADF" w14:textId="65D1FBC4" w:rsidR="007F1085" w:rsidRPr="002A7950" w:rsidRDefault="00642562" w:rsidP="00A61A1F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -10701,73 +11251,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(numurs, nosaukums, nodaļa, punkts, pielikums)</w:t>
       </w:r>
       <w:r w:rsidR="000556B5" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, kuros noteiktas konkrētas prasības un kuru izpildi apliecina Institūcija, un kuru izpildi (kritērijus) novērtē LATAK akreditācijas procedūru ietvaros, t.sk. reglamentējošos dokumentus, kuros noteikti konkrēti izpildes kritēriji, ja Institūcija izsaka atbilstības paziņojumus</w:t>
       </w:r>
       <w:r w:rsidR="00A53081" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, kodus no NACE </w:t>
-[...21 lines deleted...]
-        <w:t>. 2.1</w:t>
+        <w:t>, kodus no NACE Rev. 2.1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="776AD4C7" w14:textId="77777777" w:rsidR="00E82951" w:rsidRPr="002A7950" w:rsidRDefault="00E82951" w:rsidP="000556B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="283"/>
@@ -11361,663 +11889,648 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4336C41C" w14:textId="5ABB890C" w:rsidR="00C14463" w:rsidRPr="002A7950" w:rsidRDefault="00C14463" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="214AA3B4" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk159324364"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk159324364"/>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Siltumnīcefekta gāzu ziņojumu, tonnkilometru un darbības līmeņa ziņojumu verifikācijas darbības grupu iedalījums atbilstoši Komisijas īstenošanas regulas (ES) 2018/2067, I pielikumam </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14742" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3662"/>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="3543"/>
         <w:gridCol w:w="3851"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D8274B" w:rsidRPr="002A7950" w14:paraId="43CE8D11" w14:textId="77777777" w:rsidTr="0085577D">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="9"/>
-          <w:p w14:paraId="270E3C57" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B" w:rsidP="00CA1A05">
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w14:paraId="270E3C57" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Darbības grupa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="682DAB19" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B" w:rsidP="00CA1A05">
+          <w:p w14:paraId="682DAB19" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Darbības grupas nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B09C196" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B" w:rsidP="00CA1A05">
+          <w:p w14:paraId="3B09C196" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Darbības reģions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="005479BA" w14:textId="56814DC9" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B" w:rsidP="00CA1A05">
+          <w:p w14:paraId="005479BA" w14:textId="1F1314E3" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Normatīvie dokumenti</w:t>
             </w:r>
-            <w:r w:rsidR="00E90B41" w:rsidRPr="002A7950">
+            <w:r w:rsidR="00261EF2" w:rsidRPr="00261EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>*</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8274B" w:rsidRPr="002A7950" w14:paraId="1AB9205B" w14:textId="77777777" w:rsidTr="00D95923">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06D3E29E" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09A97A47" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45C4B615" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="268A17A0" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B" w:rsidP="00D95923">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73819409" w14:textId="1BBDBFB9" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="006B589D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5970E26A" w14:textId="7DF23110" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00091C75" w:rsidP="006B589D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk159324424"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk159324424"/>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Citas SEG programmas vai shēmas</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14747" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3662"/>
         <w:gridCol w:w="11085"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E30E0A" w:rsidRPr="002A7950" w14:paraId="70FAF8A3" w14:textId="77777777" w:rsidTr="00E30E0A">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3413E161" w14:textId="71E0C275" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00CB6F56">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="11" w:name="_Hlk159324435"/>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkStart w:id="12" w:name="_Hlk159324435"/>
+            <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Validācijas vai/ un verifikācijas aktivitāte un sektora nosaukums, ja piemērojams</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79BA0912" w14:textId="78F59C87" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="79BA0912" w14:textId="568FEA7E" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SEG programmas piemērojamais standarts/ shēmas</w:t>
             </w:r>
             <w:r w:rsidR="0081723A" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">/ programmas </w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
-            <w:r w:rsidR="00642562" w:rsidRPr="002A7950">
+            <w:r w:rsidR="00261EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, VV izstrādātās metodikas </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E30E0A" w:rsidRPr="002A7950" w14:paraId="4C178E81" w14:textId="77777777" w:rsidTr="00E30E0A">
         <w:trPr>
           <w:trHeight w:val="184"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67218437" w14:textId="4E4F1870" w:rsidR="00060B55" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="67218437" w14:textId="4E4F1870" w:rsidR="00060B55" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Piem., Degvielas piegādātāju ziņojumu verifikācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BDA2DB1" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="0BDA2DB1" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Padomes direktīva  (ES) ……..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E30E0A" w:rsidRPr="002A7950" w14:paraId="4F55B5EE" w14:textId="77777777" w:rsidTr="00E30E0A">
         <w:trPr>
           <w:trHeight w:val="183"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC2D556" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="3EC2D556" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="537F225A" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="537F225A" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Ministru kabineta noteikumi Nr. …</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E30E0A" w:rsidRPr="002A7950" w14:paraId="2F2644E0" w14:textId="77777777" w:rsidTr="00E30E0A">
         <w:trPr>
           <w:trHeight w:val="183"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26314022" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="26314022" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A761591" w14:textId="3D2429DF" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="4A761591" w14:textId="3D2429DF" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SIA “XXX” Verifikācijas procedūra Nr. ……. (</w:t>
             </w:r>
@@ -12034,51 +12547,50 @@
               <w:t>datums</w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E30E0A" w:rsidRPr="002A7950" w14:paraId="5F3B61CC" w14:textId="77777777" w:rsidTr="00E30E0A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6035D119" w14:textId="21539011" w:rsidR="00060B55" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00A61A1F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -12140,393 +12652,360 @@
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>ektoru nosaukum</w:t>
             </w:r>
             <w:r w:rsidR="00702A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA3A0C0" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="0BA3A0C0" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>LVS EN ISO 14064-1:2019 Siltumnīcefekta gāzes. 1.daļa: Specifikācija ar norādījumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F5A921C" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="1F5A921C" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>siltumnīcefekta gāzu emisijas un likvidēšanas kvantitatīvai noteikšanai un pārskatu sagatavošanai</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70A40407" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="70A40407" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>organizāciju līmenī (ISO 14064-1:2018)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E30E0A" w:rsidRPr="002A7950" w14:paraId="7B1B0813" w14:textId="77777777" w:rsidTr="0081723A">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0423C6A0" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="0423C6A0" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8790BC" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="6B8790BC" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>LVS EN ISO 14064-2:2019 Siltumnīcefekta gāzes. 2.daļa: Specifikācija ar vadlīnijām projektu līmenī</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="053270B8" w14:textId="07465CAE" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="053270B8" w14:textId="07465CAE" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>siltumnīcefekta gāzu emisijas samazināšanas vai likvidēšanas uzlabojumu kvantitatīvai noteikšanai,</w:t>
             </w:r>
             <w:r w:rsidR="0081723A" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> un ziņošanai (ISO 14064-2:2019)</w:t>
+              <w:t xml:space="preserve"> monitorēšanai un ziņošanai (ISO 14064-2:2019)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081723A" w:rsidRPr="002A7950" w14:paraId="040045D2" w14:textId="77777777" w:rsidTr="00E30E0A">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA27A8A" w14:textId="77777777" w:rsidR="0081723A" w:rsidRPr="002A7950" w:rsidRDefault="0081723A" w:rsidP="00BE6265">
+          <w:p w14:paraId="2EA27A8A" w14:textId="77777777" w:rsidR="0081723A" w:rsidRPr="002A7950" w:rsidRDefault="0081723A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A43BEED" w14:textId="58BF9FDB" w:rsidR="0081723A" w:rsidRPr="002A7950" w:rsidRDefault="0081723A" w:rsidP="0081723A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Validēšanas, verificēšanas programmas identifikācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E30E0A" w:rsidRPr="002A7950" w14:paraId="39633B21" w14:textId="77777777" w:rsidTr="00E30E0A">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5711BACF" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="5711BACF" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E38856B" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A" w:rsidP="00BE6265">
+          <w:p w14:paraId="5E38856B" w14:textId="77777777" w:rsidR="00E30E0A" w:rsidRPr="002A7950" w:rsidRDefault="00E30E0A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SIA “XXX” validācijas un verifikācijas procedūra Nr. …. (no 01.02.2024)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p w14:paraId="4B1B049F" w14:textId="55D3CBE1" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00642562" w:rsidP="006B589D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -12549,59 +13028,89 @@
       <w:r w:rsidR="00451A00" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A57B1B" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(numurs, nosaukums, nodaļa, punkts, pielikums)</w:t>
       </w:r>
       <w:r w:rsidR="00E90B41" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, kuros noteiktas konkrētas prasības un kuru izpildi apliecina Institūcija, un kuru izpildi (kritērijus) novērtē LATAK akreditācijas procedūru ietvaros, t.sk. reglamentējošos dokumentus, kuros noteikti konkrēti izpildes kritēriji, ja Institūcija izsaka atbilstības paziņojumus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668D1F20" w14:textId="77777777" w:rsidR="00D8274B" w:rsidRPr="002A7950" w:rsidRDefault="00D8274B" w:rsidP="002D68C9">
-      <w:pPr>
+    <w:p w14:paraId="26B785C9" w14:textId="77777777" w:rsidR="00261EF2" w:rsidRPr="002A7950" w:rsidRDefault="00261EF2" w:rsidP="00261EF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Sadaļa “paraksts” nav jāpilda, ja dokuments tiek parakstīts ar drošu elektronisko parakstu </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699442D0" w14:textId="77777777" w:rsidR="00261EF2" w:rsidRPr="002A7950" w:rsidRDefault="00261EF2" w:rsidP="00261EF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A53CA" w:rsidRPr="002A7950" w14:paraId="2A3DAB30" w14:textId="77777777" w:rsidTr="00D95923">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -12788,99 +13297,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Paraksts)</w:t>
             </w:r>
             <w:r w:rsidR="00642562" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7EDD6C0B" w14:textId="1DA28290" w:rsidR="009E6B1F" w:rsidRPr="002A7950" w:rsidRDefault="00642562" w:rsidP="006B589D">
-[...47 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2C78D196" w14:textId="77777777" w:rsidR="009E6B1F" w:rsidRPr="002A7950" w:rsidRDefault="009E6B1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C03485D" w14:textId="5AAADDEA" w:rsidR="001412FA" w:rsidRPr="002A7950" w:rsidRDefault="001412FA" w:rsidP="006B589D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -13198,213 +13658,197 @@
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BF011EB" w14:textId="77777777" w:rsidR="002750C5" w:rsidRPr="002A7950" w:rsidRDefault="002750C5" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="15021" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4853"/>
         <w:gridCol w:w="4853"/>
-        <w:gridCol w:w="4854"/>
+        <w:gridCol w:w="5315"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE6D23" w:rsidRPr="002A7950" w14:paraId="696B2912" w14:textId="77777777" w:rsidTr="008C2385">
+      <w:tr w:rsidR="00EE6D23" w:rsidRPr="002A7950" w14:paraId="696B2912" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="145E187A" w14:textId="6DA11075" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objekts</w:t>
             </w:r>
             <w:r w:rsidR="00ED5F85" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> mērlīdzeklis</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED5F85" w:rsidRPr="002A7950">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7950">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A7950">
+            <w:r w:rsidR="0058112F" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>mērlīdzeklis</w:t>
-[...26 lines deleted...]
-              </w:rPr>
               <w:t>materiāls</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78DDB1C5" w14:textId="5C529DE3" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mērlielums</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0078150E" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (diapazons)</w:t>
             </w:r>
             <w:r w:rsidR="00CE5C81" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00577701" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>parametrs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4854" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF9CE45" w14:textId="7C8BEC31" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="0078150E" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009B3630" w:rsidRPr="002A7950">
@@ -13428,89 +13872,89 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000D0498" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00EE6D23" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">hēmas identifikācija </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE6D23" w:rsidRPr="002A7950" w14:paraId="375EDD10" w14:textId="77777777" w:rsidTr="00D95923">
+      <w:tr w:rsidR="00EE6D23" w:rsidRPr="002A7950" w14:paraId="375EDD10" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24FBBE7E" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68C7BE3D" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4854" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51DA1B87" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D53928B" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -14085,201 +14529,198 @@
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="255467B4" w14:textId="77777777" w:rsidR="002750C5" w:rsidRPr="002A7950" w:rsidRDefault="002750C5" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14596" w:type="dxa"/>
+        <w:tblW w:w="15021" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4957"/>
         <w:gridCol w:w="4252"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="5812"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE6D23" w:rsidRPr="002A7950" w14:paraId="3BC1FAE4" w14:textId="77777777" w:rsidTr="0085577D">
+      <w:tr w:rsidR="00EE6D23" w:rsidRPr="002A7950" w14:paraId="3BC1FAE4" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6249F724" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="12" w:name="_Hlk78277201"/>
+            <w:bookmarkStart w:id="13" w:name="_Hlk78277201"/>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Verificēšanas objekts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A9B011C" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tehniskā joma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="378671A1" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Piezīmes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE6D23" w:rsidRPr="002A7950" w14:paraId="28838E04" w14:textId="77777777" w:rsidTr="00D95923">
+      <w:tr w:rsidR="00EE6D23" w:rsidRPr="002A7950" w14:paraId="28838E04" w14:textId="77777777" w:rsidTr="00261EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A270B61" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16EC45AF" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="00D95923">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0139FBF5" w14:textId="77777777" w:rsidR="00EE6D23" w:rsidRPr="002A7950" w:rsidRDefault="00EE6D23" w:rsidP="00D95923">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:tbl>
     <w:p w14:paraId="59EC0924" w14:textId="77777777" w:rsidR="006A53CA" w:rsidRPr="002A7950" w:rsidRDefault="006A53CA" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="284"/>
@@ -14699,88 +15140,86 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7280"/>
         <w:gridCol w:w="7280"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C918AE" w:rsidRPr="002A7950" w14:paraId="3363E299" w14:textId="77777777" w:rsidTr="008C2385">
         <w:trPr>
           <w:trHeight w:val="433"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7280" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C746F69" w14:textId="77777777" w:rsidR="00C918AE" w:rsidRPr="002A7950" w:rsidRDefault="00C918AE" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pētījumu joma</w:t>
             </w:r>
             <w:r w:rsidR="00D8274B" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7280" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E2F87F" w14:textId="77777777" w:rsidR="00C918AE" w:rsidRPr="002A7950" w:rsidRDefault="00C918AE" w:rsidP="002D68C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pētījumu objekts</w:t>
             </w:r>
             <w:r w:rsidR="00D8274B" w:rsidRPr="002A7950">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -14974,220 +15413,176 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>izikāli ķīmiskā testēšana</w:t>
       </w:r>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PC)</w:t>
       </w:r>
       <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>oksicitātes</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>oksicitātes pētījumi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (TOX)</w:t>
+      </w:r>
       <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pētījumi</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (TOX)</w:t>
+        <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>utagenitātes pētījumi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (MUT)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>m</w:t>
+        <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>utagenitātes</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>oksicitātes videi pētījumi uz ūdens un zemes organismiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ENT)</w:t>
+      </w:r>
       <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pētījumi</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (MUT)</w:t>
+        <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...76 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ētījumi par ietekmi uz ūdeni, augsni un gaisu; bioakumulācija</w:t>
+      </w:r>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (BA)</w:t>
       </w:r>
       <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00984988" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -15362,71 +15757,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pētījumu objekti</w:t>
       </w:r>
       <w:r w:rsidR="00C918AE" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: ķīmiskās vielas, farmaceitiskās vielas, veterinārie medikamenti, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> vielas, pārtikas piedevas, dzīvnieku barības piedevas, kosmētika, augu aizsardzības līdzekļi</w:t>
+        <w:t>: ķīmiskās vielas, farmaceitiskās vielas, veterinārie medikamenti, fitofarmaceitiskās vielas, pārtikas piedevas, dzīvnieku barības piedevas, kosmētika, augu aizsardzības līdzekļi</w:t>
       </w:r>
       <w:r w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, citi</w:t>
       </w:r>
       <w:r w:rsidR="002B281E" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, norādīt kādi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="552ADE52" w14:textId="77777777" w:rsidR="00C918AE" w:rsidRPr="002A7950" w:rsidRDefault="00C918AE" w:rsidP="002D68C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15688,201 +16063,241 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7B2B" w:rsidRPr="002A7950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sadaļa “paraksts” nav jāpilda, ja dokuments tiek parakstīts ar drošu elektronisko parakstu</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AA7B2B" w:rsidRPr="00642562" w:rsidSect="001E0952">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E608240" w14:textId="77777777" w:rsidR="009F00F9" w:rsidRDefault="009F00F9" w:rsidP="00AA7B2B">
+    <w:p w14:paraId="16EB453D" w14:textId="77777777" w:rsidR="00137714" w:rsidRDefault="00137714" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F55BC2B" w14:textId="77777777" w:rsidR="009F00F9" w:rsidRDefault="009F00F9" w:rsidP="00AA7B2B">
+    <w:p w14:paraId="5BFEC301" w14:textId="77777777" w:rsidR="00137714" w:rsidRDefault="00137714" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RimHelvetica">
-    <w:altName w:val="Courier New"/>
+    <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4C8A2F6F" w14:textId="27C6798F" w:rsidR="00C25D40" w:rsidRDefault="00C25D40" w:rsidP="00C25D40">
+  <w:p w14:paraId="1B3A0933" w14:textId="77777777" w:rsidR="00A134CE" w:rsidRDefault="00A134CE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4C8A2F6F" w14:textId="16F2411A" w:rsidR="00C25D40" w:rsidRDefault="00C25D40" w:rsidP="00C25D40">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00E13243">
       <w:t>F.003.00-</w:t>
     </w:r>
     <w:r w:rsidRPr="008227F4">
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00201C5C">
-      <w:t>7</w:t>
+    <w:r w:rsidR="00A134CE">
+      <w:t>8</w:t>
     </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08248B14" w14:textId="77777777" w:rsidR="00A134CE" w:rsidRDefault="00A134CE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C8A15F7" w14:textId="77777777" w:rsidR="009F00F9" w:rsidRDefault="009F00F9" w:rsidP="00AA7B2B">
+    <w:p w14:paraId="036E6DD2" w14:textId="77777777" w:rsidR="00137714" w:rsidRDefault="00137714" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CFE6A71" w14:textId="77777777" w:rsidR="009F00F9" w:rsidRDefault="009F00F9" w:rsidP="00AA7B2B">
+    <w:p w14:paraId="12FB2DEE" w14:textId="77777777" w:rsidR="00137714" w:rsidRDefault="00137714" w:rsidP="00AA7B2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="13D7681A" w14:textId="77777777" w:rsidR="00A134CE" w:rsidRDefault="00A134CE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="733DCB3D" w14:textId="66E92A89" w:rsidR="00642562" w:rsidRDefault="00642562" w:rsidP="00642562">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1240"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00D95923">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>LATAK-D.008 1. pielikums</w:t>
     </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B7F89F1" w14:textId="77777777" w:rsidR="00A134CE" w:rsidRDefault="00A134CE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00BD0AAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11AA051C"/>
     <w:lvl w:ilvl="0" w:tplc="ADE47EC0">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -17636,519 +18051,566 @@
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1206675469">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1463039228">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2052993268">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1988588096">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1766998551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="582222690">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B30AC7"/>
     <w:rsid w:val="00000903"/>
     <w:rsid w:val="00001B63"/>
+    <w:rsid w:val="000053E3"/>
     <w:rsid w:val="00010041"/>
     <w:rsid w:val="000101AE"/>
     <w:rsid w:val="0001459D"/>
     <w:rsid w:val="00014F46"/>
+    <w:rsid w:val="0004655C"/>
     <w:rsid w:val="000556B5"/>
     <w:rsid w:val="00055C81"/>
     <w:rsid w:val="00060A11"/>
     <w:rsid w:val="00060B55"/>
     <w:rsid w:val="0007712E"/>
     <w:rsid w:val="00077326"/>
     <w:rsid w:val="000840AA"/>
     <w:rsid w:val="00085128"/>
     <w:rsid w:val="00091C75"/>
     <w:rsid w:val="000B172B"/>
     <w:rsid w:val="000B3446"/>
     <w:rsid w:val="000C5F65"/>
     <w:rsid w:val="000D0498"/>
     <w:rsid w:val="000D45DE"/>
     <w:rsid w:val="000D59CA"/>
     <w:rsid w:val="000F1D9B"/>
     <w:rsid w:val="000F545B"/>
     <w:rsid w:val="000F77AF"/>
     <w:rsid w:val="00104EDA"/>
     <w:rsid w:val="00112831"/>
+    <w:rsid w:val="001227DA"/>
     <w:rsid w:val="001300F3"/>
     <w:rsid w:val="00132094"/>
+    <w:rsid w:val="0013465A"/>
     <w:rsid w:val="001350E8"/>
+    <w:rsid w:val="00137714"/>
     <w:rsid w:val="001412FA"/>
     <w:rsid w:val="00142B99"/>
+    <w:rsid w:val="0014645A"/>
     <w:rsid w:val="00151416"/>
     <w:rsid w:val="00175477"/>
     <w:rsid w:val="00180699"/>
     <w:rsid w:val="00184261"/>
     <w:rsid w:val="00184394"/>
     <w:rsid w:val="00184B20"/>
     <w:rsid w:val="001855E4"/>
     <w:rsid w:val="00186C8B"/>
     <w:rsid w:val="001B3886"/>
+    <w:rsid w:val="001B58E2"/>
     <w:rsid w:val="001E0952"/>
     <w:rsid w:val="001E25AC"/>
     <w:rsid w:val="001E73E6"/>
     <w:rsid w:val="001F39F6"/>
     <w:rsid w:val="001F3D93"/>
     <w:rsid w:val="001F74E1"/>
     <w:rsid w:val="001F7F7D"/>
     <w:rsid w:val="00201C5C"/>
     <w:rsid w:val="0021205B"/>
     <w:rsid w:val="00220627"/>
     <w:rsid w:val="002338F2"/>
+    <w:rsid w:val="002412E1"/>
     <w:rsid w:val="002446C3"/>
     <w:rsid w:val="00245501"/>
     <w:rsid w:val="002474D4"/>
     <w:rsid w:val="00247E0A"/>
     <w:rsid w:val="002501D6"/>
     <w:rsid w:val="0025774C"/>
+    <w:rsid w:val="00261EF2"/>
     <w:rsid w:val="00266265"/>
     <w:rsid w:val="002672DF"/>
     <w:rsid w:val="002750C5"/>
+    <w:rsid w:val="002776D3"/>
     <w:rsid w:val="00283C4A"/>
     <w:rsid w:val="002902D1"/>
     <w:rsid w:val="0029313C"/>
     <w:rsid w:val="002A0542"/>
     <w:rsid w:val="002A7950"/>
     <w:rsid w:val="002B281E"/>
     <w:rsid w:val="002B59C9"/>
     <w:rsid w:val="002B608C"/>
     <w:rsid w:val="002C05C7"/>
     <w:rsid w:val="002C0C60"/>
     <w:rsid w:val="002C1DA1"/>
     <w:rsid w:val="002D68C9"/>
+    <w:rsid w:val="002D7F80"/>
+    <w:rsid w:val="002E336E"/>
     <w:rsid w:val="002F11B3"/>
     <w:rsid w:val="002F2158"/>
     <w:rsid w:val="002F44F6"/>
     <w:rsid w:val="00304858"/>
     <w:rsid w:val="003101BB"/>
     <w:rsid w:val="00310D5B"/>
     <w:rsid w:val="00311E07"/>
     <w:rsid w:val="00315928"/>
     <w:rsid w:val="003173E7"/>
+    <w:rsid w:val="003176F4"/>
     <w:rsid w:val="00321B8A"/>
     <w:rsid w:val="00344E79"/>
     <w:rsid w:val="00345618"/>
     <w:rsid w:val="00345690"/>
     <w:rsid w:val="003560F4"/>
     <w:rsid w:val="00363C30"/>
     <w:rsid w:val="003800F1"/>
     <w:rsid w:val="003827AD"/>
     <w:rsid w:val="003870C2"/>
     <w:rsid w:val="00395D6D"/>
     <w:rsid w:val="003B1C7A"/>
     <w:rsid w:val="003B3E3C"/>
     <w:rsid w:val="003C421F"/>
     <w:rsid w:val="003C7132"/>
     <w:rsid w:val="003E2A33"/>
     <w:rsid w:val="003E2CA6"/>
     <w:rsid w:val="003F1A87"/>
     <w:rsid w:val="003F5368"/>
     <w:rsid w:val="003F775C"/>
     <w:rsid w:val="00404251"/>
     <w:rsid w:val="00404B75"/>
     <w:rsid w:val="004117FD"/>
     <w:rsid w:val="0042669E"/>
     <w:rsid w:val="00432174"/>
     <w:rsid w:val="00434AB8"/>
     <w:rsid w:val="0043735A"/>
     <w:rsid w:val="00441E71"/>
     <w:rsid w:val="00451A00"/>
     <w:rsid w:val="004520CF"/>
     <w:rsid w:val="0045290E"/>
     <w:rsid w:val="00463B7F"/>
     <w:rsid w:val="0047058F"/>
+    <w:rsid w:val="00483D6B"/>
+    <w:rsid w:val="00486D83"/>
     <w:rsid w:val="004929C4"/>
     <w:rsid w:val="004A6BC8"/>
     <w:rsid w:val="004B0A20"/>
     <w:rsid w:val="004B4C2D"/>
     <w:rsid w:val="004D191C"/>
     <w:rsid w:val="004E3480"/>
     <w:rsid w:val="004E3A99"/>
+    <w:rsid w:val="00501267"/>
     <w:rsid w:val="00504FD3"/>
     <w:rsid w:val="00507D8E"/>
     <w:rsid w:val="00507EA2"/>
     <w:rsid w:val="00511F5D"/>
     <w:rsid w:val="0051557D"/>
     <w:rsid w:val="005204F0"/>
     <w:rsid w:val="00526EC0"/>
     <w:rsid w:val="0053583C"/>
     <w:rsid w:val="00540AC6"/>
     <w:rsid w:val="005433CA"/>
     <w:rsid w:val="005565C5"/>
     <w:rsid w:val="0056228B"/>
     <w:rsid w:val="005652AB"/>
     <w:rsid w:val="0056563B"/>
     <w:rsid w:val="0057098D"/>
     <w:rsid w:val="00574819"/>
     <w:rsid w:val="00577701"/>
     <w:rsid w:val="00580F5C"/>
     <w:rsid w:val="0058112F"/>
     <w:rsid w:val="00584567"/>
     <w:rsid w:val="00584CDB"/>
     <w:rsid w:val="005B25A3"/>
     <w:rsid w:val="005B2E14"/>
     <w:rsid w:val="005B78B3"/>
     <w:rsid w:val="005C1814"/>
     <w:rsid w:val="005C6E8E"/>
     <w:rsid w:val="005D33B7"/>
     <w:rsid w:val="005D5BEF"/>
     <w:rsid w:val="005D7B5A"/>
     <w:rsid w:val="005E140F"/>
     <w:rsid w:val="005E3081"/>
+    <w:rsid w:val="005F4CB1"/>
     <w:rsid w:val="00602933"/>
     <w:rsid w:val="00603E73"/>
     <w:rsid w:val="00621110"/>
     <w:rsid w:val="00625E21"/>
     <w:rsid w:val="006424E4"/>
     <w:rsid w:val="006424F8"/>
     <w:rsid w:val="00642562"/>
+    <w:rsid w:val="00646BA3"/>
     <w:rsid w:val="00647DF1"/>
     <w:rsid w:val="006555CB"/>
     <w:rsid w:val="00665D84"/>
     <w:rsid w:val="00671371"/>
     <w:rsid w:val="006772CF"/>
     <w:rsid w:val="0069037A"/>
     <w:rsid w:val="00691416"/>
     <w:rsid w:val="006A031E"/>
     <w:rsid w:val="006A371D"/>
     <w:rsid w:val="006A53CA"/>
     <w:rsid w:val="006A69AC"/>
     <w:rsid w:val="006B02CB"/>
     <w:rsid w:val="006B0A02"/>
+    <w:rsid w:val="006B2B78"/>
     <w:rsid w:val="006B3122"/>
+    <w:rsid w:val="006B388E"/>
     <w:rsid w:val="006B589D"/>
     <w:rsid w:val="006B7BF4"/>
     <w:rsid w:val="006C0A7E"/>
     <w:rsid w:val="006D1F3D"/>
     <w:rsid w:val="006D7BF1"/>
     <w:rsid w:val="006E186C"/>
     <w:rsid w:val="006E51E6"/>
     <w:rsid w:val="006F0E57"/>
     <w:rsid w:val="006F22B2"/>
     <w:rsid w:val="007009D0"/>
     <w:rsid w:val="00702A0A"/>
     <w:rsid w:val="00703050"/>
     <w:rsid w:val="00704CB0"/>
     <w:rsid w:val="00711D43"/>
+    <w:rsid w:val="00714200"/>
     <w:rsid w:val="00716692"/>
     <w:rsid w:val="00717C9A"/>
     <w:rsid w:val="00721DDC"/>
     <w:rsid w:val="0074695B"/>
     <w:rsid w:val="00747DC4"/>
     <w:rsid w:val="007522A1"/>
     <w:rsid w:val="007544B0"/>
     <w:rsid w:val="00767C7A"/>
     <w:rsid w:val="0078150E"/>
     <w:rsid w:val="007820C6"/>
     <w:rsid w:val="00786B59"/>
+    <w:rsid w:val="007A553E"/>
     <w:rsid w:val="007A651A"/>
     <w:rsid w:val="007B2673"/>
     <w:rsid w:val="007C5236"/>
     <w:rsid w:val="007D4B9F"/>
     <w:rsid w:val="007E3099"/>
     <w:rsid w:val="007E43D8"/>
     <w:rsid w:val="007F1085"/>
     <w:rsid w:val="007F11FF"/>
     <w:rsid w:val="007F3358"/>
     <w:rsid w:val="007F4D10"/>
     <w:rsid w:val="00806E29"/>
+    <w:rsid w:val="00810089"/>
     <w:rsid w:val="00810FBE"/>
     <w:rsid w:val="00814AE9"/>
     <w:rsid w:val="00816AA7"/>
     <w:rsid w:val="0081723A"/>
     <w:rsid w:val="0082189A"/>
     <w:rsid w:val="00822086"/>
     <w:rsid w:val="008227F4"/>
     <w:rsid w:val="008258A0"/>
     <w:rsid w:val="00826761"/>
+    <w:rsid w:val="00843D94"/>
     <w:rsid w:val="008451E8"/>
+    <w:rsid w:val="00846F92"/>
+    <w:rsid w:val="00852577"/>
     <w:rsid w:val="0085577D"/>
     <w:rsid w:val="008626B0"/>
     <w:rsid w:val="00872200"/>
     <w:rsid w:val="0088114C"/>
     <w:rsid w:val="0088229F"/>
     <w:rsid w:val="00882DB7"/>
     <w:rsid w:val="008848E6"/>
     <w:rsid w:val="00890A60"/>
     <w:rsid w:val="008945B4"/>
     <w:rsid w:val="008A29D4"/>
     <w:rsid w:val="008A670D"/>
     <w:rsid w:val="008A7465"/>
     <w:rsid w:val="008B1D37"/>
     <w:rsid w:val="008C00A4"/>
     <w:rsid w:val="008C2385"/>
     <w:rsid w:val="008C3558"/>
     <w:rsid w:val="008D16DF"/>
     <w:rsid w:val="008D4F73"/>
     <w:rsid w:val="008D5A35"/>
     <w:rsid w:val="008D7B2B"/>
     <w:rsid w:val="008E7887"/>
     <w:rsid w:val="008E7D2F"/>
     <w:rsid w:val="008F66EF"/>
     <w:rsid w:val="00910532"/>
     <w:rsid w:val="00930E14"/>
     <w:rsid w:val="00943C31"/>
     <w:rsid w:val="00945381"/>
     <w:rsid w:val="00947266"/>
     <w:rsid w:val="00956C90"/>
     <w:rsid w:val="00956FCD"/>
     <w:rsid w:val="009619FE"/>
     <w:rsid w:val="00962B94"/>
     <w:rsid w:val="00975C73"/>
     <w:rsid w:val="009828B6"/>
     <w:rsid w:val="00984988"/>
     <w:rsid w:val="00995BBF"/>
     <w:rsid w:val="009A07A4"/>
     <w:rsid w:val="009A7A08"/>
     <w:rsid w:val="009B0284"/>
     <w:rsid w:val="009B3630"/>
     <w:rsid w:val="009C1A7C"/>
     <w:rsid w:val="009C3D27"/>
     <w:rsid w:val="009D1882"/>
     <w:rsid w:val="009E6B1F"/>
     <w:rsid w:val="009E7821"/>
     <w:rsid w:val="009F00F9"/>
+    <w:rsid w:val="00A134CE"/>
     <w:rsid w:val="00A23E25"/>
     <w:rsid w:val="00A30B19"/>
+    <w:rsid w:val="00A42FEE"/>
     <w:rsid w:val="00A53081"/>
     <w:rsid w:val="00A5342A"/>
+    <w:rsid w:val="00A56DE9"/>
     <w:rsid w:val="00A57B1B"/>
     <w:rsid w:val="00A61A1F"/>
     <w:rsid w:val="00A65302"/>
     <w:rsid w:val="00A6781C"/>
     <w:rsid w:val="00A76048"/>
     <w:rsid w:val="00A876CD"/>
     <w:rsid w:val="00A9040D"/>
     <w:rsid w:val="00A94D4E"/>
+    <w:rsid w:val="00A96FC4"/>
     <w:rsid w:val="00AA1BEB"/>
     <w:rsid w:val="00AA701C"/>
     <w:rsid w:val="00AA7B2B"/>
     <w:rsid w:val="00AC1615"/>
     <w:rsid w:val="00AC2AA1"/>
+    <w:rsid w:val="00AC3179"/>
     <w:rsid w:val="00AD03BC"/>
     <w:rsid w:val="00AD5BF5"/>
     <w:rsid w:val="00AE30E5"/>
     <w:rsid w:val="00AE6B05"/>
     <w:rsid w:val="00AF5E98"/>
     <w:rsid w:val="00B001A3"/>
     <w:rsid w:val="00B0086A"/>
     <w:rsid w:val="00B05070"/>
     <w:rsid w:val="00B05E90"/>
     <w:rsid w:val="00B174C6"/>
     <w:rsid w:val="00B30AC7"/>
     <w:rsid w:val="00B31B3C"/>
     <w:rsid w:val="00B3616B"/>
     <w:rsid w:val="00B40300"/>
     <w:rsid w:val="00B4232F"/>
     <w:rsid w:val="00B51E7C"/>
     <w:rsid w:val="00B56399"/>
     <w:rsid w:val="00B74B00"/>
     <w:rsid w:val="00B7592D"/>
     <w:rsid w:val="00B91DFD"/>
     <w:rsid w:val="00B944A4"/>
     <w:rsid w:val="00B9459B"/>
+    <w:rsid w:val="00BA037C"/>
+    <w:rsid w:val="00BB4074"/>
+    <w:rsid w:val="00BB691C"/>
     <w:rsid w:val="00BD4A7F"/>
     <w:rsid w:val="00BD6803"/>
     <w:rsid w:val="00BE4472"/>
     <w:rsid w:val="00BE6D8A"/>
     <w:rsid w:val="00BF2395"/>
     <w:rsid w:val="00BF777E"/>
     <w:rsid w:val="00C0423D"/>
     <w:rsid w:val="00C04466"/>
     <w:rsid w:val="00C136DC"/>
     <w:rsid w:val="00C14463"/>
     <w:rsid w:val="00C2581C"/>
     <w:rsid w:val="00C25D40"/>
     <w:rsid w:val="00C262F7"/>
     <w:rsid w:val="00C30608"/>
     <w:rsid w:val="00C310E7"/>
     <w:rsid w:val="00C40747"/>
     <w:rsid w:val="00C45354"/>
     <w:rsid w:val="00C465BE"/>
     <w:rsid w:val="00C51D30"/>
     <w:rsid w:val="00C54D31"/>
     <w:rsid w:val="00C65E6F"/>
     <w:rsid w:val="00C7620A"/>
     <w:rsid w:val="00C8057D"/>
     <w:rsid w:val="00C918AE"/>
     <w:rsid w:val="00C96D58"/>
     <w:rsid w:val="00CA1E0B"/>
     <w:rsid w:val="00CA79E9"/>
+    <w:rsid w:val="00CB338E"/>
     <w:rsid w:val="00CB4887"/>
     <w:rsid w:val="00CB6A48"/>
     <w:rsid w:val="00CB6F56"/>
     <w:rsid w:val="00CB7359"/>
     <w:rsid w:val="00CC7183"/>
     <w:rsid w:val="00CD39F4"/>
     <w:rsid w:val="00CE5C81"/>
     <w:rsid w:val="00CF333C"/>
     <w:rsid w:val="00CF5CE9"/>
     <w:rsid w:val="00D00861"/>
     <w:rsid w:val="00D028BA"/>
     <w:rsid w:val="00D05DE1"/>
+    <w:rsid w:val="00D0674B"/>
     <w:rsid w:val="00D0714E"/>
     <w:rsid w:val="00D117D9"/>
     <w:rsid w:val="00D3619D"/>
     <w:rsid w:val="00D42676"/>
+    <w:rsid w:val="00D47B0E"/>
     <w:rsid w:val="00D6341C"/>
     <w:rsid w:val="00D63E2E"/>
     <w:rsid w:val="00D7039D"/>
     <w:rsid w:val="00D8274B"/>
+    <w:rsid w:val="00D91F52"/>
     <w:rsid w:val="00D95923"/>
     <w:rsid w:val="00DA0186"/>
     <w:rsid w:val="00DA3F20"/>
+    <w:rsid w:val="00DA7033"/>
     <w:rsid w:val="00DB25FB"/>
     <w:rsid w:val="00DB48DA"/>
     <w:rsid w:val="00DB711B"/>
     <w:rsid w:val="00DC1F72"/>
     <w:rsid w:val="00DD526E"/>
     <w:rsid w:val="00DD6130"/>
     <w:rsid w:val="00E04C69"/>
     <w:rsid w:val="00E12DA4"/>
     <w:rsid w:val="00E13243"/>
     <w:rsid w:val="00E17E30"/>
     <w:rsid w:val="00E17F9A"/>
+    <w:rsid w:val="00E207BF"/>
     <w:rsid w:val="00E26753"/>
     <w:rsid w:val="00E30E0A"/>
     <w:rsid w:val="00E31D8F"/>
     <w:rsid w:val="00E34E5B"/>
     <w:rsid w:val="00E44E7A"/>
     <w:rsid w:val="00E60E76"/>
     <w:rsid w:val="00E63CAC"/>
+    <w:rsid w:val="00E643C6"/>
     <w:rsid w:val="00E77B96"/>
     <w:rsid w:val="00E80CF0"/>
     <w:rsid w:val="00E81B24"/>
     <w:rsid w:val="00E82951"/>
     <w:rsid w:val="00E90B41"/>
     <w:rsid w:val="00E9202E"/>
     <w:rsid w:val="00E936DE"/>
     <w:rsid w:val="00E9416A"/>
     <w:rsid w:val="00EB547D"/>
+    <w:rsid w:val="00EB64A3"/>
+    <w:rsid w:val="00EB6F49"/>
     <w:rsid w:val="00EC1E2C"/>
+    <w:rsid w:val="00EC5428"/>
     <w:rsid w:val="00ED5F85"/>
+    <w:rsid w:val="00EE011F"/>
     <w:rsid w:val="00EE3ADF"/>
     <w:rsid w:val="00EE6689"/>
     <w:rsid w:val="00EE6D23"/>
     <w:rsid w:val="00EF2431"/>
     <w:rsid w:val="00EF7E40"/>
     <w:rsid w:val="00F00342"/>
     <w:rsid w:val="00F13D5F"/>
     <w:rsid w:val="00F16140"/>
     <w:rsid w:val="00F16DE0"/>
     <w:rsid w:val="00F20393"/>
     <w:rsid w:val="00F328CE"/>
     <w:rsid w:val="00F35813"/>
     <w:rsid w:val="00F52B2D"/>
     <w:rsid w:val="00F6107D"/>
     <w:rsid w:val="00F63D28"/>
     <w:rsid w:val="00F702F6"/>
+    <w:rsid w:val="00F7664D"/>
     <w:rsid w:val="00F83EBF"/>
     <w:rsid w:val="00FA4B2A"/>
     <w:rsid w:val="00FB053C"/>
     <w:rsid w:val="00FB39BE"/>
     <w:rsid w:val="00FB447A"/>
     <w:rsid w:val="00FB5F36"/>
     <w:rsid w:val="00FB60C8"/>
     <w:rsid w:val="00FC4970"/>
     <w:rsid w:val="00FC5E2C"/>
     <w:rsid w:val="00FC61AC"/>
     <w:rsid w:val="00FD089F"/>
     <w:rsid w:val="00FD1F7B"/>
+    <w:rsid w:val="00FD24DB"/>
     <w:rsid w:val="00FD7FD6"/>
     <w:rsid w:val="00FE3692"/>
+    <w:rsid w:val="00FE6CB4"/>
     <w:rsid w:val="16AD9A4F"/>
     <w:rsid w:val="191B0194"/>
     <w:rsid w:val="1BCB6DB9"/>
     <w:rsid w:val="23CCF74D"/>
     <w:rsid w:val="2EE5F5FE"/>
     <w:rsid w:val="32A17190"/>
     <w:rsid w:val="38E3F718"/>
     <w:rsid w:val="3DC85698"/>
     <w:rsid w:val="6702682B"/>
     <w:rsid w:val="72BEFA22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4EE55562"/>
-  <w15:docId w15:val="{063D752B-A5C7-4761-ABD2-1B4704B6C464}"/>
+  <w15:docId w15:val="{050F3542-7B23-44D2-A89A-4ADCDDD48DCD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18529,51 +18991,50 @@
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00321B8A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="0088229F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="RimHelvetica" w:eastAsia="Times New Roman" w:hAnsi="RimHelvetica" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -18934,51 +19395,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2013679428">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B3A16A4930BE440D884B1EA06152233D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8CDA3684-4B4D-4D57-ADA0-B4C6AB0FEB7C}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -19089,171 +19550,183 @@
               <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>IZVELETIES ATBILSTOŠO</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RimHelvetica">
-    <w:altName w:val="Courier New"/>
+    <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C78B0"/>
     <w:rsid w:val="00053973"/>
     <w:rsid w:val="00060A11"/>
     <w:rsid w:val="00121306"/>
     <w:rsid w:val="001E4CE6"/>
     <w:rsid w:val="00205FD0"/>
     <w:rsid w:val="002834B8"/>
     <w:rsid w:val="00283C4A"/>
     <w:rsid w:val="003101BB"/>
     <w:rsid w:val="003B4B76"/>
     <w:rsid w:val="003C7132"/>
     <w:rsid w:val="004058DC"/>
     <w:rsid w:val="0042669E"/>
     <w:rsid w:val="004E0827"/>
+    <w:rsid w:val="00501267"/>
     <w:rsid w:val="005A7316"/>
     <w:rsid w:val="005C78B0"/>
     <w:rsid w:val="005D5BEF"/>
     <w:rsid w:val="005E574B"/>
     <w:rsid w:val="0062438C"/>
+    <w:rsid w:val="006B2B78"/>
+    <w:rsid w:val="006B388E"/>
     <w:rsid w:val="006D2F90"/>
     <w:rsid w:val="006F22B2"/>
     <w:rsid w:val="006F22F0"/>
+    <w:rsid w:val="007A553E"/>
     <w:rsid w:val="00840A59"/>
     <w:rsid w:val="008B7D94"/>
     <w:rsid w:val="008E7887"/>
     <w:rsid w:val="00913445"/>
     <w:rsid w:val="0091545E"/>
     <w:rsid w:val="009244AD"/>
     <w:rsid w:val="00947266"/>
     <w:rsid w:val="009D48C5"/>
     <w:rsid w:val="00A04EAD"/>
     <w:rsid w:val="00A13F3D"/>
+    <w:rsid w:val="00A42FEE"/>
+    <w:rsid w:val="00A56DE9"/>
     <w:rsid w:val="00AC1615"/>
     <w:rsid w:val="00AE597E"/>
     <w:rsid w:val="00B174C6"/>
     <w:rsid w:val="00B261B3"/>
+    <w:rsid w:val="00BB4074"/>
+    <w:rsid w:val="00BB691C"/>
     <w:rsid w:val="00BB6EBD"/>
+    <w:rsid w:val="00BF63DD"/>
+    <w:rsid w:val="00CB338E"/>
     <w:rsid w:val="00CF333C"/>
+    <w:rsid w:val="00D0674B"/>
     <w:rsid w:val="00D129A8"/>
     <w:rsid w:val="00D87E8D"/>
+    <w:rsid w:val="00E207BF"/>
     <w:rsid w:val="00E400EB"/>
     <w:rsid w:val="00E60E76"/>
     <w:rsid w:val="00E662D3"/>
+    <w:rsid w:val="00EB6F49"/>
     <w:rsid w:val="00EE29CF"/>
     <w:rsid w:val="00EE5FE5"/>
     <w:rsid w:val="00F906E1"/>
     <w:rsid w:val="00FB5F36"/>
     <w:rsid w:val="00FC331C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
@@ -20240,151 +20713,155 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Versijas_x0020_koment_x0101_rs xmlns="d26c1476-6ebd-40cb-b928-c591821e0a59" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-</file>
-[...6 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6DFCDAD-CA84-4D54-ABFB-4E44768705EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d26c1476-6ebd-40cb-b928-c591821e0a59"/>
     <ds:schemaRef ds:uri="ae6f8e37-b86f-494c-b563-07ae82ea0c58"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C51DB77-0824-4D8F-A4AA-25E404054781}">
-[...14 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52DBEFAC-AE51-4C76-93D2-D73B684C8A52}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d26c1476-6ebd-40cb-b928-c591821e0a59"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C51DB77-0824-4D8F-A4AA-25E404054781}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A17BD294-F1BF-48B0-AFA4-E103B5A0143D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>4594</Characters>
+  <Pages>15</Pages>
+  <Words>1806</Words>
+  <Characters>11107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>617</Lines>
+  <Paragraphs>307</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12628</CharactersWithSpaces>
+  <CharactersWithSpaces>12606</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Aiga Zvirbule</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010053C91C8C6449134180501A420469FE7E</vt:lpwstr>
   </property>
 </Properties>
 </file>