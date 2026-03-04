--- v0 (2025-10-07)
+++ v1 (2026-03-04)
@@ -1732,89 +1732,89 @@
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RimHelvetica">
     <w:altName w:val="Segoe Script"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="636EF5F3" w14:textId="6B04A9DB" w:rsidR="00BA7116" w:rsidRPr="00BA7116" w:rsidRDefault="00BA7116">
+  <w:p w14:paraId="636EF5F3" w14:textId="6C5B4111" w:rsidR="00BA7116" w:rsidRPr="00BA7116" w:rsidRDefault="00BA7116">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:bookmarkStart w:id="2" w:name="_Hlk107218251"/>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1894,51 +1894,51 @@
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:bookmarkEnd w:id="2"/>
     <w:r w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00140D96" w:rsidRPr="00BA7116">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>F.045.TKM-</w:t>
+      <w:t>F.045-</w:t>
     </w:r>
     <w:r w:rsidR="00140D96">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="00CB571B">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="47D5C06D" w14:textId="77777777" w:rsidR="00BA7116" w:rsidRDefault="00BA7116" w:rsidP="00BA7116">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -2085,75 +2085,82 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F277A"/>
     <w:rsid w:val="0005179F"/>
     <w:rsid w:val="000A300B"/>
     <w:rsid w:val="000B7A11"/>
     <w:rsid w:val="00140D96"/>
+    <w:rsid w:val="00142FBF"/>
     <w:rsid w:val="0014740C"/>
     <w:rsid w:val="0019047A"/>
+    <w:rsid w:val="001B6029"/>
+    <w:rsid w:val="001D28C1"/>
     <w:rsid w:val="00220103"/>
     <w:rsid w:val="00222A11"/>
     <w:rsid w:val="002D405F"/>
+    <w:rsid w:val="00321BDD"/>
+    <w:rsid w:val="003432DD"/>
     <w:rsid w:val="0037786C"/>
     <w:rsid w:val="00386A61"/>
     <w:rsid w:val="003F277A"/>
     <w:rsid w:val="0042669E"/>
     <w:rsid w:val="0075341D"/>
     <w:rsid w:val="00881A33"/>
+    <w:rsid w:val="00996C5C"/>
     <w:rsid w:val="009D0619"/>
     <w:rsid w:val="00A750AA"/>
     <w:rsid w:val="00AA319B"/>
     <w:rsid w:val="00B635E0"/>
     <w:rsid w:val="00BA7116"/>
     <w:rsid w:val="00CB571B"/>
     <w:rsid w:val="00CC2BEC"/>
     <w:rsid w:val="00CE13C6"/>
     <w:rsid w:val="00D55A93"/>
     <w:rsid w:val="00DC2C27"/>
     <w:rsid w:val="00E6575E"/>
     <w:rsid w:val="00E778B6"/>
     <w:rsid w:val="00E87DFD"/>
     <w:rsid w:val="00F814BE"/>
+    <w:rsid w:val="00FB5209"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0781E1CA"/>
@@ -3010,69 +3017,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>951</Words>
-  <Characters>543</Characters>
+  <Words>183</Words>
+  <Characters>1311</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1492</CharactersWithSpaces>
+  <CharactersWithSpaces>1473</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aiga Zvirbule</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>